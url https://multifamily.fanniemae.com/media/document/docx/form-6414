--- v0 (2025-10-31)
+++ v1 (2025-12-17)
@@ -1,54 +1,55 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="335D8D8C" w14:textId="77777777" w:rsidR="00A15F8D" w:rsidRPr="00C46BCE" w:rsidRDefault="00A15F8D" w:rsidP="00A15F8D">
       <w:pPr>
         <w:widowControl/>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="2640" w:after="240"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="YiFSelection"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00C46BCE">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>---------------------------- [Space Above This Line For Recording Data] ----------------------------</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="270C00D0" w14:textId="77777777" w:rsidR="00A15F8D" w:rsidRPr="00C46BCE" w:rsidRDefault="00A15F8D" w:rsidP="00A15F8D">
       <w:pPr>
         <w:widowControl/>
         <w:suppressAutoHyphens/>
         <w:jc w:val="center"/>
@@ -182,51 +183,51 @@
         </w:rPr>
         <w:t>Senior Loan</w:t>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:t>”), as evidenced by that certain Multifamily Note dated as of the date hereof, executed by Borrower and made payable to the order of Senior Lender in the amount of the Senior</w:t>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:t>Loan (as amended, restated, replaced, supplemented or otherwise modified from time to time, the “</w:t>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Senior Note</w:t>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:t>”).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B8923E2" w14:textId="77777777" w:rsidR="00A15F8D" w:rsidRPr="00C46BCE" w:rsidRDefault="00A15F8D" w:rsidP="00A15F8D">
+    <w:p w14:paraId="7B8923E2" w14:textId="492D653F" w:rsidR="00A15F8D" w:rsidRPr="00C46BCE" w:rsidRDefault="00A15F8D" w:rsidP="00A15F8D">
       <w:pPr>
         <w:widowControl/>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C46BCE">
         <w:t>B.</w:t>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:tab/>
         <w:t>In addition to the Senior</w:t>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:t>Loan Agreement, the Senior</w:t>
       </w:r>
       <w:r w:rsidRPr="00F232A6">
         <w:t xml:space="preserve"> </w:t>
@@ -234,51 +235,63 @@
       <w:r w:rsidRPr="00C46BCE">
         <w:t>Loan and the Senior</w:t>
       </w:r>
       <w:r w:rsidRPr="00F232A6">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:t>Note are also secured by a certain Multifamily Mortgage, Deed of Trust or Deed to Secure Debt dated as of the date hereof (as amended, restated, replaced, supplemented or otherwise modified from time to time, the “</w:t>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Senior Security Instrument</w:t>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:t>”), encumbering the property described in the Senior Security Instrument as the “</w:t>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Mortgaged Property</w:t>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
-        <w:t>.”</w:t>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="00287D6E">
+        <w:t xml:space="preserve"> more particularly described on </w:t>
+      </w:r>
+      <w:r w:rsidR="00287D6E">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Exhibit A</w:t>
+      </w:r>
+      <w:r w:rsidR="00287D6E">
+        <w:t xml:space="preserve"> attached hereto.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57329407" w14:textId="77777777" w:rsidR="00A15F8D" w:rsidRPr="00C46BCE" w:rsidRDefault="00A15F8D" w:rsidP="00A15F8D">
       <w:pPr>
         <w:widowControl/>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C46BCE">
         <w:t>C.</w:t>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:tab/>
         <w:t>Borrower has requested Senior Lender to permit that certain subordinate loan in the amount of $_________________ (the “</w:t>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Subordinate</w:t>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:t xml:space="preserve"> </w:t>
@@ -714,61 +727,166 @@
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">means an individual, an estate, a trust, a corporation, a partnership, a limited liability company or any other organization or entity (whether governmental or </w:t>
       </w:r>
       <w:smartTag w:uri="schemas-workshare-com/workshare" w:element="PolicySmartTags.CWSPolicyTagAction_6">
         <w:smartTagPr>
           <w:attr w:name="TagType" w:val="5"/>
         </w:smartTagPr>
         <w:r w:rsidRPr="00C46BCE">
           <w:rPr>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>private</w:t>
         </w:r>
       </w:smartTag>
       <w:r w:rsidRPr="00C46BCE">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="400F27A7" w14:textId="77777777" w:rsidR="00A15F8D" w:rsidRPr="00C46BCE" w:rsidRDefault="00A15F8D" w:rsidP="00A15F8D">
+    <w:p w14:paraId="57F36E1D" w14:textId="3457EFA5" w:rsidR="00AF5473" w:rsidRDefault="00AF5473" w:rsidP="00A15F8D">
       <w:pPr>
         <w:widowControl/>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C46BCE">
+      <w:bookmarkStart w:id="1" w:name="_Hlk214474117"/>
+      <w:r w:rsidRPr="00AF5473">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
+        <w:t>[DRAFTING NOTE: ADD IF APPLICABLE</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
         <w:t>“</w:t>
       </w:r>
+      <w:r w:rsidRPr="00AF5473">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Regulatory Agreement</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">” means that certain </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D1113">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4B55">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">DRAFTING NOTE: DESCRIBE OPERATIVE REGULATORY AGREEMENT AND ANY OTHER DOCUMENTS </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">CONTAINING REGULATORY, USE, AFFORDABILITY, INCOME, OR SIMILAR RESTRICTIONS – e.g. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">DECLARATION OF RESTRICTIVE COVENANTS] </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">dated as of ____________, 20__ in favor of Subordinate Lender, which </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C97F7A">
+        <w:t>was</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4B55">
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C97F7A">
+        <w:t>will be</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> recorded among the records of _______ County, ________, pursuant to which the Mortgaged Property is subject to certain restrictions, covenants, and/or requirements as further set forth therein (the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00476D63">
+        <w:t>“</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Regulatory Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00476D63">
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D1113">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D1113">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w14:paraId="400F27A7" w14:textId="35960966" w:rsidR="00A15F8D" w:rsidRPr="00C46BCE" w:rsidRDefault="00A15F8D" w:rsidP="00A15F8D">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C46BCE">
+        <w:t>“</w:t>
+      </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Senior Lender</w:t>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:t>” means the Person named as such in the first paragraph on Page 1 of this Agreement, its successors and assigns and any other Person who becomes the legal holder of the Senior Loan after the date of this Agreement.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="207104FE" w14:textId="77777777" w:rsidR="00A15F8D" w:rsidRPr="00C46BCE" w:rsidRDefault="00A15F8D" w:rsidP="00A15F8D">
       <w:pPr>
         <w:widowControl/>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-3"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C46BCE">
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
@@ -839,108 +957,254 @@
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:t>” means the Loan and Security Agreement of even date herewith by and between Borrower and Subordinate Lender.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38D6D0BB" w14:textId="77777777" w:rsidR="00A15F8D" w:rsidRPr="00C46BCE" w:rsidRDefault="00A15F8D" w:rsidP="00A15F8D">
       <w:pPr>
         <w:widowControl/>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C46BCE">
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Subordinate Loan Default</w:t>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:t>” means a default by Borrower in performing or observing any of the terms, covenants or conditions in the Subordinate Loan Documents to be performed or observed by it, which continues beyond any applicable period provided in the Subordinate Loan Documents for curing the default.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2412577F" w14:textId="77777777" w:rsidR="00A15F8D" w:rsidRPr="00C46BCE" w:rsidRDefault="00A15F8D" w:rsidP="00A15F8D">
+    <w:p w14:paraId="2412577F" w14:textId="405AC016" w:rsidR="00A15F8D" w:rsidRPr="00C46BCE" w:rsidRDefault="00A15F8D" w:rsidP="00A15F8D">
       <w:pPr>
         <w:widowControl/>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C46BCE">
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Subordinate Loan Documents</w:t>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
-        <w:t>” means the Subordinate Note, the Subordinate Mortgage, the Subordinate Loan Agreement and all other documents evidencing, securing or otherwise executed and delivered in connection with the Subordinate Loan.</w:t>
+        <w:t>” means the Subordinate Note, the Subordinate Mortgage, the Subordinate Loan Agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF5473">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF5473" w:rsidRPr="00AF5473">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">[DRAFTING NOTE: ADD IF </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00AF5473" w:rsidRPr="00AF5473">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>APPLICABLE:</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF5473">
+        <w:t>,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00970292">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF5473">
+        <w:t>Regulatory Agreement]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C46BCE">
+        <w:t xml:space="preserve"> and all other documents evidencing, securing or otherwise executed and delivered in connection with the Subordinate Loan.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EB37A80" w14:textId="77777777" w:rsidR="00A15F8D" w:rsidRPr="00C46BCE" w:rsidRDefault="00A15F8D" w:rsidP="00A15F8D">
       <w:pPr>
         <w:widowControl/>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C46BCE">
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Subordinate Mortgage</w:t>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:t>” means the mortgage, deed of trust or deed to secure debt encumbering the Mortgaged Property as security for the Subordinate Loan, which Subordinate Lender will cause to be recorded among the applicable land records immediately before this Agreement.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="766F78C2" w14:textId="77777777" w:rsidR="00A15F8D" w:rsidRPr="00C46BCE" w:rsidRDefault="00A15F8D" w:rsidP="00A15F8D">
+    <w:p w14:paraId="766F78C2" w14:textId="77777777" w:rsidR="00A15F8D" w:rsidRDefault="00A15F8D" w:rsidP="00A15F8D">
       <w:pPr>
         <w:widowControl/>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C46BCE">
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Subordinate Note</w:t>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:t>” means the promissory note of even date herewith issued by Borrower to Subordinate Lender, or order, to evidence the Subordinate Loan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67B61D11" w14:textId="77777777" w:rsidR="00287D6E" w:rsidRPr="00287D6E" w:rsidRDefault="00287D6E" w:rsidP="00287D6E">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00287D6E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">[DRAFTING NOTE: INCLUDE THIS DEFINITION IF THE SUBORDINATE LOAN DOCUMENTS DO NOT EXPRESSLY COMPLY WITH GUIDE SECTION 704 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00287D6E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">REQUIREMENTS REGARDING THE AGGREGATE LIMIT ON SURPLUS CASH LOANS OF 75% (OR 100%, AS APPLICABLE) AND THE SUBORDINATE LOAN DOCUMENTS CANNOT BE MODIFIED TO MAKE THEM GUIDE COMPLIANT: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5085F229" w14:textId="51A69156" w:rsidR="00287D6E" w:rsidRDefault="00287D6E" w:rsidP="00287D6E">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00287D6E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Surplus Cash</w:t>
+      </w:r>
+      <w:r>
+        <w:t>” means, with respect to any period, any revenues of Borrower derived from regular operation of the Mortgaged Property remaining after paying, or setting aside funds for paying, all of the following:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FFC8A6B" w14:textId="1BCC1F9B" w:rsidR="00287D6E" w:rsidRDefault="00287D6E" w:rsidP="00287D6E">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="240"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>(a)</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>All sums due or currently required to be paid under the Senior Loan Documents, including any Imposition Deposits.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46572F32" w14:textId="730646C4" w:rsidR="00287D6E" w:rsidRDefault="00287D6E" w:rsidP="00287D6E">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="240"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="004B6D8D">
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>All deposits to any replacement reserve, repair reserve or other reserve or escrow required by the Senior Loan Documents that are due or currently payable.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2773E6C8" w14:textId="3E9125CC" w:rsidR="00287D6E" w:rsidRPr="00C46BCE" w:rsidRDefault="00287D6E" w:rsidP="00287D6E">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="240"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="004B6D8D">
+        <w:t>c</w:t>
+      </w:r>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>All reasonable operating expenses of the Mortgaged Property, including real estate taxes, insurance premiums, utilities, building maintenance, painting and repairs, management fees, payroll, administrative expenses, legal expenses and audit expenses (excluding any developer fees or asset management fees payable with respect to the Mortgaged Property).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00287D6E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D7898D9" w14:textId="77777777" w:rsidR="00A15F8D" w:rsidRPr="00C46BCE" w:rsidRDefault="00A15F8D" w:rsidP="00A15F8D">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C46BCE">
         <w:rPr>
           <w:b/>
         </w:rPr>
@@ -962,59 +1226,58 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C46BCE">
         <w:t>Senior Lender agrees, notwithstanding the prohibition against inferior liens on the Mortgaged Property contained in the Senior Loan Documents and subject to the provisions of this Agreement, to permit Subordinate Lender to record the Subordinate Mortgage and other recordable Subordinate Loan Documents against the Mortgaged Property to secure Borrower’s obligation to repay the Subordinate Note and all other obligations, indebtedness and liabilities of Borrower to Subordinate Lender under and in connection with the Subordinate Loan.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57F37362" w14:textId="77777777" w:rsidR="00A15F8D" w:rsidRPr="00C46BCE" w:rsidRDefault="00A15F8D" w:rsidP="00A15F8D">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Ref219008837"/>
-[...4 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:bookmarkStart w:id="2" w:name="_Ref219008837"/>
+      <w:r w:rsidRPr="00C46BCE">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
         <w:t>Borrower’s and Subordinate Lender’s Representations and Warranties.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p w14:paraId="319E5AA2" w14:textId="77777777" w:rsidR="00A15F8D" w:rsidRPr="00C46BCE" w:rsidRDefault="00A15F8D" w:rsidP="00A15F8D">
       <w:pPr>
         <w:widowControl/>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C46BCE">
         <w:t>Borrower and Subordinate Lender each makes the following representations and warranties to Senior Lender:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2307BF23" w14:textId="77777777" w:rsidR="00A15F8D" w:rsidRPr="00C46BCE" w:rsidRDefault="00A15F8D" w:rsidP="00A15F8D">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
@@ -1079,51 +1342,55 @@
       <w:r w:rsidRPr="00C46BCE">
         <w:t>The Subordinate Note contains the following provision:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6420F4E4" w14:textId="77777777" w:rsidR="00A15F8D" w:rsidRPr="00C46BCE" w:rsidRDefault="00A15F8D" w:rsidP="00A15F8D">
       <w:pPr>
         <w:widowControl/>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="240"/>
         <w:ind w:left="720" w:right="720" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C46BCE">
         <w:t>The indebtedness evidenced by this Note is and shall be subordinate in right of payment to the prior payment in full of the indebtedness evidenced by a Multifamily Note (and any schedules) dated as of even date herewith in the original principal amount of $____________, executed by ________________________ and payable to the order of _________________________________ (“</w:t>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Senior Lender</w:t>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
-        <w:t>”), to the extent and in the manner provided in that certain Subordination Agreement dated as of even date herewith between the payee of this Note, and Senior Lender and ___________________________ (the “</w:t>
+        <w:t xml:space="preserve">”), to the extent and in the manner provided in that certain Subordination </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C46BCE">
+        <w:lastRenderedPageBreak/>
+        <w:t>Agreement dated as of even date herewith between the payee of this Note, and Senior Lender and ___________________________ (the “</w:t>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Subordination Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:t>”).  The Mortgage, Deed of Trust or Deed to Secure Debt (and any exhibits) securing this Note is and shall be subject and subordinate in all respects to the liens, terms, covenants and conditions of the Multifamily Mortgage, Deed of Trust or Deed to Secure Debt (and any exhibits) securing the Multifamily Note and the terms, covenants and conditions of the Multifamily Loan and Security Agreement evidencing the terms of the Multifamily Note, as more fully set forth in the Subordination Agreement.  The rights and remedies of the payee and each subsequent holder of this Note under the Mortgage, Deed of Trust or Deed to Secure Debt (and any exhibits) securing this Note are subject to the restrictions and limitations set forth in the Subordination Agreement.  Each subsequent holder of this Note shall be deemed, by virtue of such holder’s acquisition of the Note, to have agreed to perform and observe all of the terms, covenants and conditions to be performed or observed by Subordinate Lender under the Subordination Agreement.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F5FC849" w14:textId="77777777" w:rsidR="00A15F8D" w:rsidRPr="00C46BCE" w:rsidRDefault="00A15F8D" w:rsidP="00A15F8D">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
@@ -1131,55 +1398,51 @@
       <w:r w:rsidRPr="00C46BCE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Terms of the Subordinate Loan.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78938337" w14:textId="77777777" w:rsidR="00A15F8D" w:rsidRPr="00C46BCE" w:rsidRDefault="00A15F8D" w:rsidP="00A15F8D">
       <w:pPr>
         <w:widowControl/>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C46BCE">
         <w:t>The original principal amount of the Subordinate Note is $_______________.  Interest on the Subordinate Note is payable monthly at the rate of ___________ percent (___%) per annum, which rate may not be increased without the prior written consent of Senior Lender.  The Subordinate Note is due and payable in full on ______________________, __________, (“</w:t>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Maturity</w:t>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
-        <w:t xml:space="preserve">”).  The principal of the Subordinate Note will [be fully amortized at Maturity] [have a balloon principal payment of $_______________ due at Maturity].  The Subordinate Note obligates Borrower to make monthly payments of $_______________ of which $_______________ represents interest [for the first month], $__________________ represents </w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">principal </w:t>
+        <w:t xml:space="preserve">”).  The principal of the Subordinate Note will [be fully amortized at Maturity] [have a balloon principal payment of $_______________ due at Maturity].  The Subordinate Note obligates Borrower to make monthly payments of $_______________ of which $_______________ represents interest [for the first month], $__________________ represents principal </w:t>
       </w:r>
       <w:r w:rsidR="00CB7249">
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:t>for the first month], and $____________________ represents ______________________________________.  [The portion of each subsequent monthly payment representing interest will decrease and the portion of each subsequent monthly payment will increase.]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E1DC7FF" w14:textId="77777777" w:rsidR="00A15F8D" w:rsidRPr="00C46BCE" w:rsidRDefault="00A15F8D" w:rsidP="00A15F8D">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C46BCE">
         <w:rPr>
@@ -1272,50 +1535,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="6980318E" w14:textId="77777777" w:rsidR="00A15F8D" w:rsidRPr="00C46BCE" w:rsidRDefault="00A15F8D" w:rsidP="00A15F8D">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C46BCE">
         <w:rPr>
           <w:b/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Deliveries.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75FA1473" w14:textId="77777777" w:rsidR="00A15F8D" w:rsidRPr="00C46BCE" w:rsidRDefault="00A15F8D" w:rsidP="00A15F8D">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Borrower </w:t>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:t xml:space="preserve">shall submit the following items to Senior Lender the later of </w:t>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:instrText xml:space="preserve"> LISTNUM  \l 2 </w:instrText>
@@ -1555,143 +1819,216 @@
         <w:t xml:space="preserve"> of the Senior Loan Documents</w:t>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1EA20DE7" w14:textId="77777777" w:rsidR="00A15F8D" w:rsidRPr="00C46BCE" w:rsidRDefault="00A15F8D" w:rsidP="00A15F8D">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Ref280278652"/>
-[...4 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:bookmarkStart w:id="3" w:name="_Ref280278652"/>
+      <w:r w:rsidRPr="00C46BCE">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
         <w:t>Terms of Subordination.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p w14:paraId="49FC13D6" w14:textId="77777777" w:rsidR="00A15F8D" w:rsidRPr="00C46BCE" w:rsidRDefault="00A15F8D" w:rsidP="00A15F8D">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Ref214277384"/>
       <w:r w:rsidRPr="00C46BCE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Agreement to Subordinate.</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="6691C611" w14:textId="77777777" w:rsidR="00A15F8D" w:rsidRPr="00C46BCE" w:rsidRDefault="00A15F8D" w:rsidP="00A15F8D">
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p w14:paraId="6691C611" w14:textId="173333E2" w:rsidR="00A15F8D" w:rsidRPr="00287D6E" w:rsidRDefault="00A15F8D" w:rsidP="00A15F8D">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C46BCE">
         <w:t xml:space="preserve">Senior Lender and Subordinate Lender agree that </w:t>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:instrText xml:space="preserve"> LISTNUM  \l 3 </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
-        <w:t xml:space="preserve"> the indebtedness evidenced by the Subordinate Loan Documents is and shall be subordinated in right of payment, to the extent and in the manner provided in this Agreement, to the prior payment in full of the Indebtedness evidenced by the Senior Loan Documents, and </w:t>
+        <w:t xml:space="preserve"> the indebtedness evidenced by the Subordinate Loan Documents is and shall be subordinated in right of payment, to the extent and in the manner provided in this Agreement, to the prior payment in full of the Indebtedness evidenced by the Senior Loan Documents, </w:t>
+      </w:r>
+      <w:r w:rsidR="00287D6E" w:rsidRPr="00287D6E">
+        <w:t xml:space="preserve">it being understood and expressly agreed that no prepayment of the indebtedness evidenced by the Subordinate Loan Documents shall be allowed during the term of the Senior Loan, without the prior written consent of Senior Lender, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C46BCE">
+        <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:instrText xml:space="preserve"> LISTNUM  \l 3 </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:t xml:space="preserve"> the liens, terms, covenants and conditions of the Subordinate Mortgage and the other Subordinate Loan Documents are and shall be subject to and subordinate in all respects to the liens, terms, covenants and conditions of the Senior Security Instrument and the other Senior Loan Documents and to all advances heretofore made or which may hereafter be made pursuant to the Senior Loan Documents (including but not limited to, all sums advanced for the purposes of </w:t>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:instrText xml:space="preserve"> LISTNUM  \l 4 </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:t xml:space="preserve"> protecting or further securing the lien of the Senior Security Instrument, curing defaults by Borrower under the Senior Loan Documents or for any other purpose expressly permitted by the Senior Loan Documents, or </w:t>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:instrText xml:space="preserve"> LISTNUM  \l 4 </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:t xml:space="preserve"> constructing, renovating, repairing, furnishing, fixturing or equipping the Mortgaged Property).</w:t>
+      </w:r>
+      <w:r w:rsidR="00287D6E">
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00287D6E" w:rsidRPr="00287D6E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">[DRAFTING NOTE: INCLUDE THIS LANGUAGE IF THE </w:t>
+      </w:r>
+      <w:r w:rsidR="00287D6E" w:rsidRPr="00287D6E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>SUBORDINATE LOAN DOCUMENTS DO NOT EXPRESSLY COMPLY WITH GUIDE SECTION 704 REQUIREMENTS REGARDING THE AGGREGATE LIMIT ON SURPLUS CASH LOANS OF 75% (OR 100%, AS APPLICABLE) AND THE SUBORDINATE LOAN DOCUMENTS CANNOT BE MODIFIED TO MAKE THEM GUIDE COMPLIANT:</w:t>
+      </w:r>
+      <w:r w:rsidR="00287D6E" w:rsidRPr="003324CE">
+        <w:t xml:space="preserve">  In addition to the limitations set forth above, Subordinate Lender hereby agrees that the Subordinate Loan along with any other subordinate Surplus Cash loans made in connection with the Mortgaged Property will, together, be payable solely and in the aggregate from not more than </w:t>
+      </w:r>
+      <w:r w:rsidR="003324CE" w:rsidRPr="003324CE">
+        <w:t>seventy-five percent (</w:t>
+      </w:r>
+      <w:r w:rsidR="00287D6E" w:rsidRPr="003324CE">
+        <w:t>75%</w:t>
+      </w:r>
+      <w:r w:rsidR="003324CE" w:rsidRPr="003324CE">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00287D6E" w:rsidRPr="003324CE">
+        <w:t xml:space="preserve"> [</w:t>
+      </w:r>
+      <w:r w:rsidR="003324CE" w:rsidRPr="003324CE">
+        <w:t>one hundred percent (</w:t>
+      </w:r>
+      <w:r w:rsidR="00287D6E" w:rsidRPr="003324CE">
+        <w:t>100%</w:t>
+      </w:r>
+      <w:r w:rsidR="003324CE" w:rsidRPr="003324CE">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00287D6E" w:rsidRPr="003324CE">
+        <w:t>] of Surplus Cash while the Senior Loan remains outstanding (the “</w:t>
+      </w:r>
+      <w:r w:rsidR="00287D6E" w:rsidRPr="003324CE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Aggregate Surplus Cash Limit</w:t>
+      </w:r>
+      <w:r w:rsidR="00287D6E" w:rsidRPr="003324CE">
+        <w:t>”).</w:t>
+      </w:r>
+      <w:r w:rsidR="00287D6E" w:rsidRPr="00287D6E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01686567" w14:textId="77777777" w:rsidR="00A15F8D" w:rsidRPr="00C46BCE" w:rsidRDefault="00A15F8D" w:rsidP="00A15F8D">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C46BCE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Subordination of Subrogation Rights.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D06D120" w14:textId="77777777" w:rsidR="00A15F8D" w:rsidRPr="00C46BCE" w:rsidRDefault="00A15F8D" w:rsidP="00A15F8D">
@@ -1706,85 +2043,145 @@
         <w:t>Subordinate Lender agrees that if, by reason of its payment of real estate taxes or other monetary obligations of Borrower, or by reason of its exercise of any other right or remedy under the Subordinate Loan Documents, it acquires by right of subrogation or otherwise a lien on the Mortgaged Property which (but for this subsection) would be senior to the lien of the Senior Security Instrument, then, in that event, such lien shall be subject and subordinate to the lien of the Senior Security Instrument.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29916EA7" w14:textId="77777777" w:rsidR="00A15F8D" w:rsidRPr="00C46BCE" w:rsidRDefault="00A15F8D" w:rsidP="00A15F8D">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C46BCE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Payments Before Senior Loan Default.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B4EBA39" w14:textId="77777777" w:rsidR="00A15F8D" w:rsidRPr="00C46BCE" w:rsidRDefault="00A15F8D" w:rsidP="00A15F8D">
+    <w:p w14:paraId="4B4EBA39" w14:textId="0B502B7E" w:rsidR="00A15F8D" w:rsidRPr="003324CE" w:rsidRDefault="00A15F8D" w:rsidP="00A15F8D">
       <w:pPr>
         <w:widowControl/>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C46BCE">
-        <w:t>Until Subordinate Lender receives a Default Notice (or otherwise acquires actual knowledge) of a Senior Loan Default, Subordinate Lender shall be entitled to retain for its own account all payments made under or pursuant to the Subordinate Loan Documents.</w:t>
+        <w:t>Until Subordinate Lender receives a Default Notice (or otherwise acquires actual knowledge) of a Senior Loan Default, Subordinate Lender shall be entitled to retain for its own account all payments made under or pursuant to the Subordinate Loan Documents</w:t>
+      </w:r>
+      <w:r w:rsidR="00287D6E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00287D6E" w:rsidRPr="00287D6E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[DRAFTING NOTE: INCLUDE THIS LANGUAGE IF THE SUBORDINATE LOAN DOCUMENTS DO NOT EXPRESSLY COMPLY WITH GUIDE SECTION 704 REQUIREMENTS REGARDING THE AGGREGATE LIMIT ON SURPLUS CASH LOANS OF 75% (OR 100%, AS APPLICABLE) AND THE SUBORDINATE LOAN DOCUMENTS CANNOT BE MODIFIED TO MAKE THEM GUIDE COMPLIANT:</w:t>
+      </w:r>
+      <w:r w:rsidR="00287D6E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00287D6E" w:rsidRPr="003324CE">
+        <w:t xml:space="preserve">, provided that no such payment exceeds the Aggregate Surplus Cash Limit as set forth above in Section </w:t>
+      </w:r>
+      <w:r w:rsidR="003324CE">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="003324CE">
+        <w:instrText xml:space="preserve"> REF _Ref280278652 \r \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="003324CE">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="003324CE">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="003324CE">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="003324CE">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="003324CE">
+        <w:instrText xml:space="preserve"> REF _Ref214277384 \r \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="003324CE">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="003324CE">
+        <w:t>(a)</w:t>
+      </w:r>
+      <w:r w:rsidR="003324CE">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00287D6E" w:rsidRPr="00287D6E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidR="003324CE">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="264AEBB9" w14:textId="77777777" w:rsidR="00A15F8D" w:rsidRPr="00C46BCE" w:rsidRDefault="00A15F8D" w:rsidP="00A15F8D">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Ref280278666"/>
+      <w:bookmarkStart w:id="5" w:name="_Ref280278666"/>
       <w:r w:rsidRPr="00C46BCE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Payments After Senior Loan Default.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="5"/>
     </w:p>
     <w:p w14:paraId="2341CD42" w14:textId="77777777" w:rsidR="00A15F8D" w:rsidRPr="00C46BCE" w:rsidRDefault="00A15F8D" w:rsidP="00A15F8D">
       <w:pPr>
         <w:widowControl/>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C46BCE">
         <w:t xml:space="preserve">Borrower agrees that, after it receives a Default Notice (or otherwise acquires actual knowledge) of a Senior Loan Default, it will not make any payments under or pursuant to the Subordinate Loan Documents (including but not limited to principal, interest, additional interest, late payment charges, default interest, attorneys’ fees, or any other sums secured by the Subordinate Loan Documents) without Senior Lender’s prior written consent.  Subordinate Lender agrees that, after it receives a Default Notice (or otherwise acquires actual knowledge) of a Senior Loan Default, it will not accept any payments under or pursuant to the Subordinate Loan Documents (including but not limited to principal, interest, additional interest, late payment charges, default interest, attorneys’ fees, or any other sums secured by the Subordinate Loan Documents) without Senior Lender’s prior written consent.  </w:t>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>If Subordinate Lender receives written notice from Senior Lender that the Senior Loan Default which gave rise to Subordinate Lender’s obligation not to accept payments has been cured, waived, or otherwise suspended by Senior Lender, the restrictions on payment to Subordinate Lender in this Section </w:t>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
@@ -1804,58 +2201,58 @@
           <w:spacing w:val="-3"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00E959B8">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
-        <w:t xml:space="preserve"> shall terminate, and Senior Lender </w:t>
+        <w:t xml:space="preserve"> shall terminate, and Senior Lender shall have no right to any subsequent payments made to Subordinate Lender by Borrower prior to </w:t>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>shall have no right to any subsequent payments made to Subordinate Lender by Borrower prior to Subordinate Lender’s receipt of a new Default Notice from Senior Lender in accordance with the provisions of this Section </w:t>
+        <w:t>Subordinate Lender’s receipt of a new Default Notice from Senior Lender in accordance with the provisions of this Section </w:t>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref280278652 \r \h </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
@@ -1924,102 +2321,102 @@
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E6C2788" w14:textId="77777777" w:rsidR="00A15F8D" w:rsidRPr="00C46BCE" w:rsidRDefault="00A15F8D" w:rsidP="00A15F8D">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C46BCE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Receipt of Payment Not Permitted Hereunder.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06355BFC" w14:textId="77777777" w:rsidR="00A15F8D" w:rsidRPr="00C46BCE" w:rsidRDefault="00A15F8D" w:rsidP="00A15F8D">
+    <w:p w14:paraId="06355BFC" w14:textId="4747BA55" w:rsidR="00A15F8D" w:rsidRPr="00C46BCE" w:rsidRDefault="00A15F8D" w:rsidP="00A15F8D">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C46BCE">
         <w:t>If, after Subordinate Lender receives a Default Notice (or otherwise acquires actual knowledge) of a Senior Loan Default, Subordinate Lender receives any payments under the Subordinate Loan Documents, or if Subordinate Lender receives any other payment or distribution of any kind from Borrower or from any other Person in connection with the Subordinate Loan or the Subordinate Loan Documents which Subordinate Lender is not permitted by this Agreement to retain for its own account, Subordinate Lender agrees to notify (telephonically or via email, followed by written notice) Senior Lender of Subordinate Lender’s receipt of such amounts, and</w:t>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:t xml:space="preserve">that such payment or other distribution will be received and held in trust for Senior Lender and unless Senior Lender otherwise notifies Subordinate Lender, will be promptly remitted, in kind, to Senior Lender, properly endorsed to Senior Lender, to be applied to the principal of, interest on and other amounts due under </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
-        <w:t xml:space="preserve">Senior Loan Documents in such order and in such manner as Senior Lender shall determine in its sole and absolute discretion.  Subordinate Lender hereby irrevocably designates, makes, constitutes and appoints Senior Lender (and all Persons designated by Senior Lender) as Subordinate Lender’s true and lawful attorney in fact in the Subordinate Lender’s name, place and stead, with full power of substitution, to </w:t>
+        <w:t xml:space="preserve">Senior Loan Documents in such order and in such manner as Senior Lender shall determine in its sole and absolute discretion.  Subordinate Lender hereby irrevocably designates, makes, constitutes and appoints Senior Lender (and all Persons designated by Senior Lender) as Subordinate Lender’s true and lawful attorney in fact in Subordinate Lender’s name, place and stead, with full power of substitution, to </w:t>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:instrText xml:space="preserve"> LISTNUM  \l 3 </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:t xml:space="preserve"> take any and all actions as are permitted in this Agreement, including the power to endorse the name of Subordinate Lender upon any checks representing payments referred to in this subsection, and </w:t>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:instrText xml:space="preserve"> LISTNUM  \l 3 </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
-        <w:t xml:space="preserve"> carry out any remedy provided for in this Agreement.  The Subordinate Lender hereby acknowledges that the constitution and appointment of such attorney-in-fact is coupled with an interest and is irrevocable.</w:t>
+        <w:t xml:space="preserve"> carry out any remedy provided for in this Agreement.  Subordinate Lender hereby acknowledges that the constitution and appointment of such attorney-in-fact is coupled with an interest and is irrevocable.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48168247" w14:textId="77777777" w:rsidR="00A15F8D" w:rsidRPr="00C46BCE" w:rsidRDefault="00A15F8D" w:rsidP="00A15F8D">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C46BCE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Notice of Payment from Other Persons</w:t>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:t>.</w:t>
@@ -2118,55 +2515,55 @@
         </w:rPr>
         <w:t>Notice of Subordinate Loan Default and Cure Rights.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61FE56FA" w14:textId="77777777" w:rsidR="00A15F8D" w:rsidRPr="00C46BCE" w:rsidRDefault="00A15F8D" w:rsidP="00A15F8D">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C46BCE">
         <w:t xml:space="preserve">Subordinate Lender agrees to deliver a </w:t>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>Default N</w:t>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
-        <w:t xml:space="preserve">otice of each Subordinate Loan Default to Senior Lender within five (5) Business Days after the occurrence of the Subordinate Loan Default.  Senior Lender shall have the right, but not the obligation, to cure any Subordinate Loan Default </w:t>
+        <w:t xml:space="preserve">otice of each Subordinate Loan Default to Senior Lender within five (5) Business Days after the occurrence of the Subordinate Loan Default.  Senior Lender shall have the right, but not the obligation, to cure any Subordinate Loan Default within the same time period for curing a default which is given to Borrower under the Subordinate </w:t>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:lastRenderedPageBreak/>
-        <w:t>within the same time period for curing a default which is given to Borrower under the Subordinate Loan Documents, except that Senior Lender’s time period for cure shall begin on the date on which it receives notice of the Subordinate Loan Default.  All amounts advanced or expended by Senior Lender to cure a Subordinate Loan Default shall be deemed to have been advanced by Senior Lender pursuant to, and shall be secured by, the Senior Loan Agreement and the Senior Security Instrument.</w:t>
+        <w:t>Loan Documents, except that Senior Lender’s time period for cure shall begin on the date on which it receives notice of the Subordinate Loan Default.  All amounts advanced or expended by Senior Lender to cure a Subordinate Loan Default shall be deemed to have been advanced by Senior Lender pursuant to, and shall be secured by, the Senior Loan Agreement and the Senior Security Instrument.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="755BA9A1" w14:textId="77777777" w:rsidR="00A15F8D" w:rsidRPr="00C46BCE" w:rsidRDefault="00A15F8D" w:rsidP="00A15F8D">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C46BCE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Subordinate Lender May Not Exercise Remedies Without Senior Lender’s Written Consent.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58878C82" w14:textId="77777777" w:rsidR="00A15F8D" w:rsidRPr="00C46BCE" w:rsidRDefault="00A15F8D" w:rsidP="00A15F8D">
@@ -2949,52 +3346,52 @@
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C46BCE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Default by Subordinate Lender.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49199C51" w14:textId="77777777" w:rsidR="00A15F8D" w:rsidRPr="00C46BCE" w:rsidRDefault="00A15F8D" w:rsidP="00A15F8D">
       <w:pPr>
         <w:widowControl/>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C46BCE">
         <w:t xml:space="preserve">If Subordinate Lender defaults in performing or observing any of the terms, covenants or conditions to be performed or observed by Subordinate Lender under this Agreement, Senior Lender shall have the right to all available legal and equitable relief.  In addition, Subordinate Lender agrees to indemnify and hold harmless Senior Lender from and against </w:t>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:bookmarkStart w:id="4" w:name="_Ref357516189"/>
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkStart w:id="6" w:name="_Ref357516189"/>
+      <w:bookmarkEnd w:id="6"/>
       <w:r w:rsidRPr="00C46BCE">
         <w:instrText xml:space="preserve"> LISTNUM  \l 2 </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:t xml:space="preserve"> all damage, loss and liability incurred by Senior Lender as a result of such default, and </w:t>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:instrText xml:space="preserve"> LISTNUM </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:t xml:space="preserve"> all costs and expenses (including reasonable attorneys’ fees and disbursements) incident to the matters referred to in clause </w:t>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
@@ -3096,86 +3493,86 @@
         <w:suppressAutoHyphens/>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C46BCE">
         <w:t>This Agreement does not constitute an approval by Senior Lender of the terms of the Subordinate Loan or limit any of Borrower’s rights to negotiate the terms of the Subordinate Loan Documents with Subordinate Lender.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="309F6E2F" w14:textId="77777777" w:rsidR="00A15F8D" w:rsidRPr="00C46BCE" w:rsidRDefault="00A15F8D" w:rsidP="00A15F8D">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Ref280276748"/>
+      <w:bookmarkStart w:id="7" w:name="_Ref280276748"/>
       <w:r w:rsidRPr="00C46BCE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Notices.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="7"/>
     </w:p>
     <w:p w14:paraId="6F52D092" w14:textId="77777777" w:rsidR="00A15F8D" w:rsidRPr="00C46BCE" w:rsidRDefault="00A15F8D" w:rsidP="00A15F8D">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="_Toc263870619"/>
-[...2 lines deleted...]
-      <w:bookmarkStart w:id="9" w:name="_Toc271706543"/>
+      <w:bookmarkStart w:id="8" w:name="_Toc263870619"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc264474026"/>
+      <w:bookmarkStart w:id="10" w:name="_Toc266373273"/>
+      <w:bookmarkStart w:id="11" w:name="_Toc271706543"/>
       <w:r w:rsidRPr="00C46BCE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Process of Serving Notice.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
-      <w:bookmarkEnd w:id="7"/>
       <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="11"/>
     </w:p>
     <w:p w14:paraId="57186687" w14:textId="77777777" w:rsidR="00A15F8D" w:rsidRPr="00C46BCE" w:rsidRDefault="00A15F8D" w:rsidP="00A15F8D">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
         <w:widowControl/>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C46BCE">
         <w:t>All notices under this Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:t>shall be:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E221BB0" w14:textId="77777777" w:rsidR="00A15F8D" w:rsidRPr="00C46BCE" w:rsidRDefault="00A15F8D" w:rsidP="00A15F8D">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
@@ -3313,64 +3710,64 @@
           <w:ilvl w:val="3"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C46BCE">
         <w:t>if the recipient refuses or rejects delivery, the date on which the notice is so refused or rejected, as conclusively established by the records of the United States Postal Service or any express courier service.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78E9B6C1" w14:textId="77777777" w:rsidR="00A15F8D" w:rsidRPr="00C46BCE" w:rsidRDefault="00A15F8D" w:rsidP="00A15F8D">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
         <w:keepNext/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="_Toc263870620"/>
-[...2 lines deleted...]
-      <w:bookmarkStart w:id="13" w:name="_Toc278783141"/>
+      <w:bookmarkStart w:id="12" w:name="_Toc263870620"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc264474027"/>
+      <w:bookmarkStart w:id="14" w:name="_Toc266373274"/>
+      <w:bookmarkStart w:id="15" w:name="_Toc278783141"/>
       <w:r w:rsidRPr="00C46BCE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Change of Address.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
-      <w:bookmarkEnd w:id="11"/>
       <w:bookmarkEnd w:id="12"/>
       <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="15"/>
     </w:p>
     <w:p w14:paraId="391501D9" w14:textId="77777777" w:rsidR="00A15F8D" w:rsidRPr="00C46BCE" w:rsidRDefault="00A15F8D" w:rsidP="00A15F8D">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
         <w:widowControl/>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C46BCE">
         <w:t xml:space="preserve">Any party to </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">this </w:t>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:t>Agreement may change the address to which notices intended for it are to be directed by means of notice given to the other parties identified in this Agreement.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75F4C5DC" w14:textId="77777777" w:rsidR="00A15F8D" w:rsidRPr="00C46BCE" w:rsidRDefault="00A15F8D" w:rsidP="00A15F8D">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
         <w:keepNext/>
         <w:widowControl/>
         <w:numPr>
@@ -3475,51 +3872,59 @@
           <w:numId w:val="37"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C46BCE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>No Partnership or Joint Venture.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09D8DFCA" w14:textId="77777777" w:rsidR="00A15F8D" w:rsidRPr="00C46BCE" w:rsidRDefault="00A15F8D" w:rsidP="00A15F8D">
       <w:pPr>
         <w:widowControl/>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C46BCE">
-        <w:t>Senior Lender’s permission for the placement of the Subordinate Loan does not constitute Senior Lender as a joint venturer or partner of Subordinate Lender.  Neither party hereto shall hold itself out as a partner, agent or Affiliate of the other party hereto.</w:t>
+        <w:t xml:space="preserve">Senior Lender’s permission for the placement of the Subordinate Loan does not constitute Senior Lender as a joint </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C46BCE">
+        <w:t>venturer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C46BCE">
+        <w:t xml:space="preserve"> or partner of Subordinate Lender.  Neither party hereto shall hold itself out as a partner, agent or Affiliate of the other party hereto.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="600E09DF" w14:textId="77777777" w:rsidR="00A15F8D" w:rsidRPr="00C46BCE" w:rsidRDefault="00A15F8D" w:rsidP="00A15F8D">
       <w:pPr>
         <w:keepNext/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C46BCE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Senior Lender’s Consent.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="159D9768" w14:textId="77777777" w:rsidR="00A15F8D" w:rsidRPr="00C46BCE" w:rsidRDefault="00A15F8D" w:rsidP="00A15F8D">
@@ -4879,209 +5284,265 @@
       <w:r w:rsidRPr="00C46BCE">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00C46BCE">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F38F879" w14:textId="77777777" w:rsidR="00A15F8D" w:rsidRPr="00C46BCE" w:rsidRDefault="00A15F8D" w:rsidP="00A15F8D">
+    <w:p w14:paraId="3F38F879" w14:textId="77777777" w:rsidR="00A15F8D" w:rsidRDefault="00A15F8D" w:rsidP="00A15F8D">
       <w:pPr>
         <w:widowControl/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="00C46BCE">
         <w:t>[Form of Notary to be added]</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00A15F8D" w:rsidRPr="00C46BCE" w:rsidSect="00314C43">
-      <w:footerReference w:type="first" r:id="rId10"/>
+    <w:p w14:paraId="70C04EE5" w14:textId="77777777" w:rsidR="00287D6E" w:rsidRDefault="00287D6E" w:rsidP="00A15F8D">
+      <w:pPr>
+        <w:widowControl/>
+        <w:jc w:val="center"/>
+        <w:sectPr w:rsidR="00287D6E" w:rsidSect="00314C43">
+          <w:footerReference w:type="first" r:id="rId10"/>
+          <w:endnotePr>
+            <w:numFmt w:val="decimal"/>
+          </w:endnotePr>
+          <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:pgNumType w:start="1"/>
+          <w:cols w:space="720"/>
+          <w:noEndnote/>
+          <w:titlePg/>
+          <w:docGrid w:linePitch="326"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58041FAA" w14:textId="34C6E246" w:rsidR="00287D6E" w:rsidRDefault="00287D6E" w:rsidP="00287D6E">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>EXHIBIT A</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C53599B" w14:textId="18D577C1" w:rsidR="00287D6E" w:rsidRPr="00287D6E" w:rsidRDefault="00287D6E" w:rsidP="00287D6E">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>LEGAL DESCRIPTION</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00287D6E" w:rsidRPr="00287D6E" w:rsidSect="00314C43">
+      <w:footerReference w:type="first" r:id="rId11"/>
       <w:endnotePr>
         <w:numFmt w:val="decimal"/>
       </w:endnotePr>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="0AD8DF57" w14:textId="77777777" w:rsidR="00EF4DCB" w:rsidRDefault="00EF4DCB">
       <w:pPr>
         <w:spacing w:line="20" w:lineRule="exact"/>
       </w:pPr>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="457ECD07" w14:textId="77777777" w:rsidR="00EF4DCB" w:rsidRDefault="00EF4DCB">
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="2067C1F3" w14:textId="77777777" w:rsidR="00EF4DCB" w:rsidRDefault="00EF4DCB">
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman Bold">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="02020803070505020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
-    <w:pitch w:val="default"/>
+    <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="t">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
-    <w:pitch w:val="variable"/>
+    <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Goudy Old Style">
     <w:panose1 w:val="02020502050305020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7CFD6722" w14:textId="77777777" w:rsidR="00E959B8" w:rsidRPr="00E959B8" w:rsidRDefault="00E959B8" w:rsidP="00E959B8">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> DOCPROPERTY  YCFooter \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>22053135-v1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2FBBE220" w14:textId="77777777" w:rsidR="00A15F8D" w:rsidRDefault="00A15F8D" w:rsidP="006810A9">
     <w:pPr>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9690" w:type="dxa"/>
       <w:tblInd w:w="-90" w:type="dxa"/>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4038"/>
       <w:gridCol w:w="2460"/>
       <w:gridCol w:w="3192"/>
     </w:tblGrid>
     <w:tr w:rsidR="00A15F8D" w14:paraId="5F9FE805" w14:textId="77777777" w:rsidTr="009B643F">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4038" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p w14:paraId="55DEC216" w14:textId="77777777" w:rsidR="00A15F8D" w:rsidRPr="00DE6B8B" w:rsidRDefault="00A15F8D" w:rsidP="006810A9">
@@ -5167,148 +5628,134 @@
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidR="00567C50">
             <w:rPr>
               <w:rStyle w:val="PageNumber"/>
               <w:b/>
               <w:noProof/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>2</w:t>
           </w:r>
           <w:r w:rsidRPr="00DE6B8B">
             <w:rPr>
               <w:rStyle w:val="PageNumber"/>
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:tr w:rsidR="00A15F8D" w14:paraId="333C8FAE" w14:textId="77777777" w:rsidTr="009B643F">
+    <w:tr w:rsidR="004B6D8D" w14:paraId="333C8FAE" w14:textId="77777777" w:rsidTr="009B643F">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4038" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
-        <w:p w14:paraId="1494F1D8" w14:textId="77777777" w:rsidR="00A15F8D" w:rsidRPr="00DE6B8B" w:rsidRDefault="00A15F8D" w:rsidP="006810A9">
+        <w:p w14:paraId="1494F1D8" w14:textId="77777777" w:rsidR="004B6D8D" w:rsidRPr="00DE6B8B" w:rsidRDefault="004B6D8D" w:rsidP="004B6D8D">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:rPr>
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00DE6B8B">
             <w:rPr>
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>Fannie Mae</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2460" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
-        <w:p w14:paraId="310E9FC5" w14:textId="4AD88567" w:rsidR="00A15F8D" w:rsidRPr="00DE6B8B" w:rsidRDefault="002E32B8" w:rsidP="00DE6B8B">
+        <w:p w14:paraId="310E9FC5" w14:textId="52E5A93C" w:rsidR="004B6D8D" w:rsidRPr="00DE6B8B" w:rsidRDefault="004B6D8D" w:rsidP="004B6D8D">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
-            <w:t>11-24</w:t>
+            <w:t>12-25</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3192" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
-        <w:p w14:paraId="19141A2B" w14:textId="497FB814" w:rsidR="00A15F8D" w:rsidRPr="00DE6B8B" w:rsidRDefault="00DF15C0" w:rsidP="00DE6B8B">
+        <w:p w14:paraId="19141A2B" w14:textId="6DF209E8" w:rsidR="004B6D8D" w:rsidRPr="00DE6B8B" w:rsidRDefault="004B6D8D" w:rsidP="004B6D8D">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
-            <w:t xml:space="preserve">© </w:t>
-[...13 lines deleted...]
-            <w:t xml:space="preserve"> Mae</w:t>
+            <w:t>© 2025 Fannie Mae</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="3560D88F" w14:textId="77777777" w:rsidR="00A15F8D" w:rsidRPr="00E959B8" w:rsidRDefault="00A15F8D" w:rsidP="00E959B8">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="57DC5369" w14:textId="77777777" w:rsidR="00A15F8D" w:rsidRDefault="00A15F8D" w:rsidP="002C3367">
     <w:pPr>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9690" w:type="dxa"/>
       <w:tblInd w:w="-90" w:type="dxa"/>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4038"/>
       <w:gridCol w:w="2460"/>
       <w:gridCol w:w="3192"/>
     </w:tblGrid>
     <w:tr w:rsidR="00A15F8D" w14:paraId="303DE0D2" w14:textId="77777777" w:rsidTr="009B643F">
       <w:trPr>
         <w:trHeight w:val="297"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4038" w:type="dxa"/>
@@ -5425,120 +5872,134 @@
           <w:tcW w:w="4038" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p w14:paraId="50E6937B" w14:textId="77777777" w:rsidR="00A15F8D" w:rsidRPr="00DE6B8B" w:rsidRDefault="00A15F8D">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:rPr>
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00DE6B8B">
             <w:rPr>
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>Fannie Mae</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2460" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
-        <w:p w14:paraId="38B4C28E" w14:textId="01225F1E" w:rsidR="00A15F8D" w:rsidRPr="00DE6B8B" w:rsidRDefault="002E32B8" w:rsidP="009B643F">
+        <w:p w14:paraId="38B4C28E" w14:textId="02713469" w:rsidR="00A15F8D" w:rsidRPr="00DE6B8B" w:rsidRDefault="004B6D8D" w:rsidP="009B643F">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
-            <w:t>11-24</w:t>
+            <w:t>12-25</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3192" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
-        <w:p w14:paraId="09989882" w14:textId="148DDEE9" w:rsidR="00A15F8D" w:rsidRPr="00DE6B8B" w:rsidRDefault="00DF15C0" w:rsidP="00DE6B8B">
+        <w:p w14:paraId="09989882" w14:textId="5AC8B285" w:rsidR="00A15F8D" w:rsidRPr="00DE6B8B" w:rsidRDefault="00DF15C0" w:rsidP="00DE6B8B">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">© </w:t>
           </w:r>
           <w:r w:rsidR="002E32B8">
             <w:rPr>
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
-            <w:t>2024 Fannie</w:t>
+            <w:t>20</w:t>
+          </w:r>
+          <w:r w:rsidR="004B6D8D">
+            <w:rPr>
+              <w:b/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>25</w:t>
+          </w:r>
+          <w:r w:rsidR="002E32B8">
+            <w:rPr>
+              <w:b/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> Fannie</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve"> Mae</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="53FEECB8" w14:textId="77777777" w:rsidR="00A15F8D" w:rsidRPr="00E959B8" w:rsidRDefault="00A15F8D" w:rsidP="00195021">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="36133E4C" w14:textId="77777777" w:rsidR="006F2FBC" w:rsidRDefault="006F2FBC" w:rsidP="002C3367">
     <w:pPr>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9690" w:type="dxa"/>
       <w:tblInd w:w="-90" w:type="dxa"/>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4038"/>
       <w:gridCol w:w="2460"/>
       <w:gridCol w:w="3192"/>
     </w:tblGrid>
     <w:tr w:rsidR="006F2FBC" w14:paraId="3FE679EF" w14:textId="77777777" w:rsidTr="009B643F">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4038" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p w14:paraId="1B49B391" w14:textId="77777777" w:rsidR="006F2FBC" w:rsidRPr="00DE6B8B" w:rsidRDefault="006F2FBC">
@@ -5624,167 +6085,380 @@
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidR="006D059A">
             <w:rPr>
               <w:rStyle w:val="PageNumber"/>
               <w:b/>
               <w:noProof/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>1</w:t>
           </w:r>
           <w:r w:rsidR="00430171" w:rsidRPr="00DE6B8B">
             <w:rPr>
               <w:rStyle w:val="PageNumber"/>
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:tr w:rsidR="006F2FBC" w14:paraId="5FBFA6B6" w14:textId="77777777" w:rsidTr="009B643F">
+    <w:tr w:rsidR="004B6D8D" w14:paraId="5FBFA6B6" w14:textId="77777777" w:rsidTr="009B643F">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4038" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
-        <w:p w14:paraId="07E0AA4F" w14:textId="77777777" w:rsidR="006F2FBC" w:rsidRPr="00DE6B8B" w:rsidRDefault="006F2FBC">
+        <w:p w14:paraId="07E0AA4F" w14:textId="77777777" w:rsidR="004B6D8D" w:rsidRPr="00DE6B8B" w:rsidRDefault="004B6D8D" w:rsidP="004B6D8D">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:rPr>
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00DE6B8B">
             <w:rPr>
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>Fannie Mae</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2460" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
-        <w:p w14:paraId="50F23C11" w14:textId="22507C46" w:rsidR="006F2FBC" w:rsidRPr="00DE6B8B" w:rsidRDefault="002E32B8" w:rsidP="00DE6B8B">
+        <w:p w14:paraId="50F23C11" w14:textId="1A960089" w:rsidR="004B6D8D" w:rsidRPr="00DE6B8B" w:rsidRDefault="004B6D8D" w:rsidP="004B6D8D">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
-            <w:t>11-24</w:t>
+            <w:t>12-25</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3192" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
-        <w:p w14:paraId="77F727D2" w14:textId="0FEFE15E" w:rsidR="006F2FBC" w:rsidRPr="00DE6B8B" w:rsidRDefault="00DF15C0" w:rsidP="00DE6B8B">
+        <w:p w14:paraId="77F727D2" w14:textId="04B8FA28" w:rsidR="004B6D8D" w:rsidRPr="00DE6B8B" w:rsidRDefault="004B6D8D" w:rsidP="004B6D8D">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
-            <w:t xml:space="preserve">© </w:t>
-[...13 lines deleted...]
-            <w:t xml:space="preserve"> Mae</w:t>
+            <w:t>© 2025 Fannie Mae</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="566B8508" w14:textId="77777777" w:rsidR="006F2FBC" w:rsidRPr="00E959B8" w:rsidRDefault="006F2FBC" w:rsidP="00E959B8">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footer5.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6E3A26C2" w14:textId="77777777" w:rsidR="00287D6E" w:rsidRDefault="00287D6E" w:rsidP="002C3367">
+    <w:pPr>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:tbl>
+    <w:tblPr>
+      <w:tblW w:w="9690" w:type="dxa"/>
+      <w:tblInd w:w="-90" w:type="dxa"/>
+      <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="4038"/>
+      <w:gridCol w:w="2460"/>
+      <w:gridCol w:w="3192"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="00287D6E" w14:paraId="2D09CEB7" w14:textId="77777777" w:rsidTr="009B643F">
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="4038" w:type="dxa"/>
+          <w:vAlign w:val="bottom"/>
+        </w:tcPr>
+        <w:p w14:paraId="47EDD118" w14:textId="77777777" w:rsidR="00287D6E" w:rsidRPr="00DE6B8B" w:rsidRDefault="00287D6E">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:rPr>
+              <w:b/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00DE6B8B">
+            <w:rPr>
+              <w:b/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>Subordination Agreement (Conventional)</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="2460" w:type="dxa"/>
+          <w:vAlign w:val="bottom"/>
+        </w:tcPr>
+        <w:p w14:paraId="097B5FDC" w14:textId="77777777" w:rsidR="00287D6E" w:rsidRPr="00DE6B8B" w:rsidRDefault="00287D6E" w:rsidP="00DE6B8B">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:jc w:val="center"/>
+            <w:rPr>
+              <w:b/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00DE6B8B">
+            <w:rPr>
+              <w:b/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>Form 6414</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3192" w:type="dxa"/>
+          <w:vAlign w:val="bottom"/>
+        </w:tcPr>
+        <w:p w14:paraId="5D19421A" w14:textId="438DEEC5" w:rsidR="00287D6E" w:rsidRPr="00DE6B8B" w:rsidRDefault="00287D6E" w:rsidP="00DE6B8B">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:jc w:val="right"/>
+            <w:rPr>
+              <w:b/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00DE6B8B">
+            <w:rPr>
+              <w:b/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Page </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:b/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>A</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00DE6B8B">
+            <w:rPr>
+              <w:b/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>-</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00DE6B8B">
+            <w:rPr>
+              <w:rStyle w:val="PageNumber"/>
+              <w:b/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidRPr="00DE6B8B">
+            <w:rPr>
+              <w:rStyle w:val="PageNumber"/>
+              <w:b/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:instrText xml:space="preserve"> PAGE </w:instrText>
+          </w:r>
+          <w:r w:rsidRPr="00DE6B8B">
+            <w:rPr>
+              <w:rStyle w:val="PageNumber"/>
+              <w:b/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PageNumber"/>
+              <w:b/>
+              <w:noProof/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>1</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00DE6B8B">
+            <w:rPr>
+              <w:rStyle w:val="PageNumber"/>
+              <w:b/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:p>
+      </w:tc>
+    </w:tr>
+    <w:tr w:rsidR="004B6D8D" w14:paraId="5C246DB3" w14:textId="77777777" w:rsidTr="009B643F">
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="4038" w:type="dxa"/>
+          <w:vAlign w:val="bottom"/>
+        </w:tcPr>
+        <w:p w14:paraId="6C4C1234" w14:textId="77777777" w:rsidR="004B6D8D" w:rsidRPr="00DE6B8B" w:rsidRDefault="004B6D8D" w:rsidP="004B6D8D">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:rPr>
+              <w:b/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00DE6B8B">
+            <w:rPr>
+              <w:b/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>Fannie Mae</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="2460" w:type="dxa"/>
+          <w:vAlign w:val="bottom"/>
+        </w:tcPr>
+        <w:p w14:paraId="3D6338EC" w14:textId="25F8B6BC" w:rsidR="004B6D8D" w:rsidRPr="00DE6B8B" w:rsidRDefault="004B6D8D" w:rsidP="004B6D8D">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:jc w:val="center"/>
+            <w:rPr>
+              <w:b/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:b/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>12-25</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3192" w:type="dxa"/>
+          <w:vAlign w:val="bottom"/>
+        </w:tcPr>
+        <w:p w14:paraId="228B7C18" w14:textId="47B04DD4" w:rsidR="004B6D8D" w:rsidRPr="00DE6B8B" w:rsidRDefault="004B6D8D" w:rsidP="004B6D8D">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:jc w:val="right"/>
+            <w:rPr>
+              <w:b/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:b/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>© 2025 Fannie Mae</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p w14:paraId="7C9142B7" w14:textId="77777777" w:rsidR="00287D6E" w:rsidRPr="00E959B8" w:rsidRDefault="00287D6E" w:rsidP="00E959B8">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:rPr>
+        <w:sz w:val="16"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="463150EF" w14:textId="77777777" w:rsidR="00EF4DCB" w:rsidRDefault="00EF4DCB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="67FD92C4" w14:textId="77777777" w:rsidR="00EF4DCB" w:rsidRDefault="00EF4DCB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00D76981"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="4A0297D0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman Bold" w:hAnsi="Times New Roman Bold" w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:caps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:vanish w:val="0"/>
         <w:sz w:val="24"/>
         <w:u w:val="none"/>
@@ -12361,283 +13035,306 @@
   <w:num w:numId="32" w16cid:durableId="39018052">
     <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="1809781641">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="2043239330">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="461507969">
     <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="98180626">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="1013610581">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="1871526538">
     <w:abstractNumId w:val="25"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="950"/>
   <w:doNotHyphenateCaps/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="52225"/>
+    <o:shapedefaults v:ext="edit" spidmax="68609"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:numFmt w:val="decimal"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005E7009"/>
     <w:rsid w:val="00003453"/>
     <w:rsid w:val="00046D34"/>
     <w:rsid w:val="000572B2"/>
     <w:rsid w:val="00057DF1"/>
     <w:rsid w:val="00064F42"/>
     <w:rsid w:val="000745EE"/>
     <w:rsid w:val="000748DF"/>
     <w:rsid w:val="00087E08"/>
     <w:rsid w:val="00096DB9"/>
     <w:rsid w:val="000D0C09"/>
     <w:rsid w:val="000E778F"/>
     <w:rsid w:val="000E787D"/>
+    <w:rsid w:val="00100C4A"/>
     <w:rsid w:val="00117CC6"/>
     <w:rsid w:val="00121FC3"/>
     <w:rsid w:val="001257AC"/>
     <w:rsid w:val="00127720"/>
     <w:rsid w:val="001609F7"/>
     <w:rsid w:val="001619F2"/>
     <w:rsid w:val="00162626"/>
     <w:rsid w:val="0018653F"/>
     <w:rsid w:val="00195021"/>
     <w:rsid w:val="00195AB4"/>
     <w:rsid w:val="001A25EB"/>
     <w:rsid w:val="001A6D0F"/>
+    <w:rsid w:val="001C18AE"/>
     <w:rsid w:val="001E07A0"/>
     <w:rsid w:val="002404CB"/>
     <w:rsid w:val="002610E4"/>
     <w:rsid w:val="00263563"/>
+    <w:rsid w:val="00287D6E"/>
     <w:rsid w:val="002A2C08"/>
     <w:rsid w:val="002B4EC1"/>
     <w:rsid w:val="002C0889"/>
     <w:rsid w:val="002C3367"/>
     <w:rsid w:val="002D642A"/>
     <w:rsid w:val="002E32B8"/>
     <w:rsid w:val="002E561D"/>
+    <w:rsid w:val="002F3BF4"/>
     <w:rsid w:val="002F55D9"/>
     <w:rsid w:val="00314527"/>
     <w:rsid w:val="003146A4"/>
     <w:rsid w:val="00314C43"/>
     <w:rsid w:val="00326C20"/>
+    <w:rsid w:val="003324CE"/>
     <w:rsid w:val="00340ABD"/>
     <w:rsid w:val="00341BAB"/>
     <w:rsid w:val="003466D6"/>
     <w:rsid w:val="0034744F"/>
     <w:rsid w:val="00355A04"/>
     <w:rsid w:val="00363717"/>
     <w:rsid w:val="003656D9"/>
     <w:rsid w:val="00371998"/>
     <w:rsid w:val="00390661"/>
     <w:rsid w:val="00396D0E"/>
+    <w:rsid w:val="003C4A56"/>
     <w:rsid w:val="003D77AD"/>
     <w:rsid w:val="003E24A1"/>
     <w:rsid w:val="00420D4F"/>
     <w:rsid w:val="004213E8"/>
     <w:rsid w:val="00430171"/>
     <w:rsid w:val="00432E4C"/>
     <w:rsid w:val="0044654B"/>
     <w:rsid w:val="00450A8F"/>
     <w:rsid w:val="004525CE"/>
     <w:rsid w:val="0045448B"/>
     <w:rsid w:val="00457F86"/>
     <w:rsid w:val="00463E92"/>
     <w:rsid w:val="00470649"/>
     <w:rsid w:val="0047593B"/>
     <w:rsid w:val="0048186A"/>
     <w:rsid w:val="00494159"/>
     <w:rsid w:val="004A344D"/>
     <w:rsid w:val="004A6F7F"/>
     <w:rsid w:val="004B46CD"/>
+    <w:rsid w:val="004B6D8D"/>
     <w:rsid w:val="004C7BCC"/>
     <w:rsid w:val="004E4D20"/>
+    <w:rsid w:val="004F6E41"/>
     <w:rsid w:val="004F7911"/>
     <w:rsid w:val="00531364"/>
     <w:rsid w:val="00544D62"/>
     <w:rsid w:val="0054507C"/>
     <w:rsid w:val="00567C50"/>
     <w:rsid w:val="00583328"/>
     <w:rsid w:val="005864D2"/>
+    <w:rsid w:val="005B13FD"/>
     <w:rsid w:val="005E7009"/>
     <w:rsid w:val="00606845"/>
     <w:rsid w:val="00606E08"/>
     <w:rsid w:val="006105FA"/>
     <w:rsid w:val="00626471"/>
+    <w:rsid w:val="0062655C"/>
+    <w:rsid w:val="00630418"/>
     <w:rsid w:val="00646337"/>
     <w:rsid w:val="0065216B"/>
     <w:rsid w:val="006551D8"/>
     <w:rsid w:val="0067347E"/>
     <w:rsid w:val="00680A11"/>
     <w:rsid w:val="006810A9"/>
+    <w:rsid w:val="00695C93"/>
     <w:rsid w:val="006A450D"/>
     <w:rsid w:val="006C3C8B"/>
     <w:rsid w:val="006D059A"/>
     <w:rsid w:val="006D524D"/>
     <w:rsid w:val="006D7FFE"/>
+    <w:rsid w:val="006E1394"/>
     <w:rsid w:val="006F2FBC"/>
     <w:rsid w:val="006F4E3E"/>
     <w:rsid w:val="007072FF"/>
     <w:rsid w:val="00707DCA"/>
     <w:rsid w:val="007236B7"/>
     <w:rsid w:val="00763EFE"/>
     <w:rsid w:val="00765213"/>
     <w:rsid w:val="0076617A"/>
     <w:rsid w:val="00782225"/>
     <w:rsid w:val="007913E3"/>
     <w:rsid w:val="007938FF"/>
     <w:rsid w:val="007B5517"/>
     <w:rsid w:val="007C14ED"/>
+    <w:rsid w:val="007D1113"/>
     <w:rsid w:val="007D713F"/>
     <w:rsid w:val="007E4626"/>
     <w:rsid w:val="00812961"/>
     <w:rsid w:val="008148C8"/>
+    <w:rsid w:val="00815DCB"/>
     <w:rsid w:val="0081730D"/>
     <w:rsid w:val="00817FAC"/>
     <w:rsid w:val="00836FC0"/>
     <w:rsid w:val="00840F10"/>
     <w:rsid w:val="00851E45"/>
     <w:rsid w:val="008527C0"/>
     <w:rsid w:val="0085406C"/>
     <w:rsid w:val="008677EF"/>
+    <w:rsid w:val="00880D8E"/>
     <w:rsid w:val="00883A88"/>
     <w:rsid w:val="00896FAC"/>
     <w:rsid w:val="008C5414"/>
     <w:rsid w:val="008D14CF"/>
     <w:rsid w:val="008D2273"/>
     <w:rsid w:val="0090725A"/>
     <w:rsid w:val="009309C1"/>
+    <w:rsid w:val="00931E95"/>
     <w:rsid w:val="00932676"/>
     <w:rsid w:val="00947718"/>
     <w:rsid w:val="00953D86"/>
     <w:rsid w:val="009602F7"/>
+    <w:rsid w:val="00970292"/>
     <w:rsid w:val="0097557D"/>
     <w:rsid w:val="00976793"/>
     <w:rsid w:val="009779B4"/>
     <w:rsid w:val="009854D1"/>
     <w:rsid w:val="00990921"/>
     <w:rsid w:val="00997E52"/>
     <w:rsid w:val="009A1981"/>
     <w:rsid w:val="009A2401"/>
     <w:rsid w:val="009B0069"/>
     <w:rsid w:val="009B643F"/>
     <w:rsid w:val="009D051D"/>
     <w:rsid w:val="009D4AB3"/>
     <w:rsid w:val="009D6802"/>
     <w:rsid w:val="009F2569"/>
     <w:rsid w:val="00A00827"/>
     <w:rsid w:val="00A01CCF"/>
     <w:rsid w:val="00A023C4"/>
     <w:rsid w:val="00A14D5E"/>
     <w:rsid w:val="00A15CC9"/>
     <w:rsid w:val="00A15F8D"/>
     <w:rsid w:val="00A20379"/>
     <w:rsid w:val="00A2228C"/>
     <w:rsid w:val="00A22531"/>
     <w:rsid w:val="00A32BFE"/>
     <w:rsid w:val="00A415B4"/>
     <w:rsid w:val="00A50F99"/>
     <w:rsid w:val="00A60AFC"/>
     <w:rsid w:val="00A66DC0"/>
     <w:rsid w:val="00A73340"/>
     <w:rsid w:val="00A961B2"/>
     <w:rsid w:val="00AA0C17"/>
     <w:rsid w:val="00AA4489"/>
     <w:rsid w:val="00AB6491"/>
     <w:rsid w:val="00AC579F"/>
     <w:rsid w:val="00AD1551"/>
     <w:rsid w:val="00AE076B"/>
+    <w:rsid w:val="00AF5473"/>
     <w:rsid w:val="00B15470"/>
     <w:rsid w:val="00B15DE4"/>
     <w:rsid w:val="00B43099"/>
     <w:rsid w:val="00B503AD"/>
     <w:rsid w:val="00B654DF"/>
     <w:rsid w:val="00B6714E"/>
     <w:rsid w:val="00B80B54"/>
     <w:rsid w:val="00B817FB"/>
+    <w:rsid w:val="00B835B1"/>
     <w:rsid w:val="00B868C5"/>
     <w:rsid w:val="00BC1922"/>
     <w:rsid w:val="00BF5971"/>
     <w:rsid w:val="00C1371D"/>
     <w:rsid w:val="00C14B14"/>
     <w:rsid w:val="00C46BCE"/>
     <w:rsid w:val="00C53F3C"/>
+    <w:rsid w:val="00C71A62"/>
     <w:rsid w:val="00C95964"/>
     <w:rsid w:val="00C95DAF"/>
     <w:rsid w:val="00CA5041"/>
     <w:rsid w:val="00CB7249"/>
+    <w:rsid w:val="00CD088D"/>
     <w:rsid w:val="00D0009F"/>
     <w:rsid w:val="00D1373F"/>
     <w:rsid w:val="00D14E56"/>
     <w:rsid w:val="00D201F8"/>
     <w:rsid w:val="00D32AAA"/>
     <w:rsid w:val="00D32F78"/>
     <w:rsid w:val="00D80A30"/>
     <w:rsid w:val="00D82C94"/>
     <w:rsid w:val="00D90039"/>
     <w:rsid w:val="00DC67A6"/>
+    <w:rsid w:val="00DC6CCF"/>
     <w:rsid w:val="00DE6B8B"/>
     <w:rsid w:val="00DF15C0"/>
     <w:rsid w:val="00E00BA2"/>
     <w:rsid w:val="00E25F9E"/>
     <w:rsid w:val="00E3060B"/>
     <w:rsid w:val="00E43B8F"/>
     <w:rsid w:val="00E71E73"/>
     <w:rsid w:val="00E938CE"/>
     <w:rsid w:val="00E959B8"/>
     <w:rsid w:val="00EB004D"/>
     <w:rsid w:val="00EB37D2"/>
     <w:rsid w:val="00EB78A6"/>
     <w:rsid w:val="00EC00D1"/>
     <w:rsid w:val="00EC07DD"/>
     <w:rsid w:val="00ED3026"/>
     <w:rsid w:val="00ED4F84"/>
     <w:rsid w:val="00ED7BCB"/>
     <w:rsid w:val="00EE24D0"/>
     <w:rsid w:val="00EF4DCB"/>
     <w:rsid w:val="00F017AB"/>
     <w:rsid w:val="00F115BC"/>
     <w:rsid w:val="00F11A2A"/>
     <w:rsid w:val="00F21796"/>
     <w:rsid w:val="00F232A6"/>
     <w:rsid w:val="00F36961"/>
@@ -12650,68 +13347,68 @@
     <w:rsid w:val="00F956FD"/>
     <w:rsid w:val="00FA5E14"/>
     <w:rsid w:val="00FB2526"/>
     <w:rsid w:val="00FB2DDA"/>
     <w:rsid w:val="00FE1C15"/>
     <w:rsid w:val="00FE45E9"/>
     <w:rsid w:val="00FF13F8"/>
     <w:rsid w:val="00FF78C1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
+  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="place"/>
   <w:smartTagType w:namespaceuri="schemas-workshare-com/workshare" w:name="PolicySmartTags.CWSPolicyTagAction_6"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="City"/>
-  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="place"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="52225"/>
+    <o:shapedefaults v:ext="edit" spidmax="68609"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="11ECA451"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
@@ -13345,51 +14042,51 @@
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:rsid w:val="00A15F8D"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BodyText2Char">
     <w:name w:val="Body Text 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BodyText2"/>
     <w:rsid w:val="00A15F8D"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="306207565">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="932128811">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -13405,51 +14102,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1380977071">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -13671,71 +14368,71 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>15</Pages>
-[...1 lines deleted...]
-  <Characters>32081</Characters>
+  <Pages>17</Pages>
+  <Words>6285</Words>
+  <Characters>34909</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>1145</Lines>
-  <Paragraphs>742</Paragraphs>
+  <Lines>1837</Lines>
+  <Paragraphs>1872</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>6414</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>37147</CharactersWithSpaces>
+  <CharactersWithSpaces>39322</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>6414</dc:title>
   <dc:subject>Subordination Agreement (Conventional)</dc:subject>
   <dc:creator/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>