--- v0 (2025-10-10)
+++ v1 (2026-01-05)
@@ -7,11081 +7,11890 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="26FADE44" w14:textId="502EE3F7" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="26FADE44" w14:textId="502EE3F7" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk123033943"/>
       <w:r w:rsidRPr="00302F6E">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>LOAN DOCUMENTATION REQUIREMENTS</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="012D9353" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="012D9353" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>This list covers Loan Documents only.  Please refer to the Mortgage Loan Delivery Package Table of Contents, Form 6502, for additional non-Loan Document delivery requirements.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C79889B" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="4C79889B" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="0"/>
+        </w:tabs>
         <w:rPr>
           <w:smallCaps/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc47355137"/>
       <w:bookmarkStart w:id="2" w:name="_Ref63941002"/>
       <w:bookmarkStart w:id="3" w:name="_Ref99614031"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Core Loan Documents.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
-    <w:p w14:paraId="6D7A77A7" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="6D7A77A7" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Each Mortgage Loan shall require the following Loan Documents:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E4D22B4" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="0E4D22B4" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+        </w:tabs>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc47355138"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Multifamily Mortgage Loan and Security Agreement (6001 series) (the “Loan Agreement”).</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
-    <w:p w14:paraId="40390F8F" w14:textId="16153056" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="40390F8F" w14:textId="16153056" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[For Schedules 1-4, see Section II below.  Schedules 5-8 are embedded in the Loan Agreement.</w:t>
       </w:r>
       <w:r w:rsidR="00D16C01">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00D16C01" w:rsidRPr="00D16C01">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>See Organizational Chart Requirements (6406) for Schedule 8 requirements.</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6816B551" w14:textId="0D3657CE" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="6816B551" w14:textId="0D3657CE" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+        </w:tabs>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="_Toc47355139"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Multifamily Note endorsed to Fannie Mae (6010 series) (the “Note”).</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
     </w:p>
-    <w:p w14:paraId="4A36D27F" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="4A36D27F" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>For Florida properties, if Lender has agreed to consolidate an existing loan on the Property with a new loan, include the Consolidated, Amended and Restated Multifamily Note (6010.CAR.FL) in lieu of the 6010 form.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34362575" w14:textId="4CF3B3BE" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="34362575" w14:textId="4CF3B3BE" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>For Maryland properties, if Lender has agreed to amend and restate an existing loan on the Property with a new loan, include the Amended and Restated Multifamily Note (6010.AR.MD) in lieu of the 6010 form.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FC9DA38" w14:textId="61D1E724" w:rsidR="00482252" w:rsidRPr="00302F6E" w:rsidRDefault="00482252" w:rsidP="00482252">
+    <w:p w14:paraId="7FC9DA38" w14:textId="61D1E724" w:rsidR="00482252" w:rsidRPr="00302F6E" w:rsidRDefault="00482252" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>For Virginia properties, if Lender has agreed to amend and restate an existing loan on the Property with a new loan, include the Amended and Restated Multifamily Note (6010.AR.VA) in lieu of the 6010 form.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C47D2BF" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="1C47D2BF" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+        </w:tabs>
       </w:pPr>
       <w:bookmarkStart w:id="6" w:name="_Toc47355140"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Environmental Indemnity Agreement (6085) (the “Environmental Indemnity”).</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
     </w:p>
-    <w:p w14:paraId="0A6CA9AE" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="0A6CA9AE" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+        </w:tabs>
       </w:pPr>
       <w:bookmarkStart w:id="7" w:name="_Toc47355141"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Multifamily Security Instrument (6025 series) (the “Security Instrument”).</w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
     </w:p>
-    <w:p w14:paraId="05B625D9" w14:textId="44DE21ED" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="05B625D9" w14:textId="44DE21ED" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t xml:space="preserve">For New York properties, if Lender has agreed to consolidate an existing loan on the Property with a new loan, include Gap Mortgage (based on the 6025.NY form) and the Consolidation, Extension and Modification Agreement (6025.NY.CEMA), in addition to the 6025.NY form, which should be an exhibit to the </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t>CEMA</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37D69AB3" w14:textId="0B0645C3" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="37D69AB3" w14:textId="0B0645C3" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>For Florida properties, if Lender has agreed to consolidate an existing loan on the Property with a new loan, include the Consolidated, Amended and Restated Mortgage (6025.FL.AR) in lieu of the 6025.FL form.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EF98697" w14:textId="7C6E9278" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="3EF98697" w14:textId="7C6E9278" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>For Maryland properties, if Lender has agreed to amend and restate an existing loan on the Property with a new loan, include the Amended and Restated Deed of Trust (6025.MD.AR) in lieu of the 6025.MD form.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66FF24D8" w14:textId="7885A718" w:rsidR="00083A3F" w:rsidRPr="00302F6E" w:rsidRDefault="00083A3F" w:rsidP="00083A3F">
+    <w:p w14:paraId="66FF24D8" w14:textId="7885A718" w:rsidR="00083A3F" w:rsidRPr="00302F6E" w:rsidRDefault="00083A3F" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="8" w:name="_Toc47355142"/>
       <w:r w:rsidRPr="00302F6E">
         <w:lastRenderedPageBreak/>
         <w:t>For Virginia properties, if Lender has agreed to amend and restate an existing loan on the Property with a new loan, include the [Consolidated,] Amended and Restated Deed of Trust (6025.VA.AR) in lieu of the 6025.VA form.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05AD263A" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00083A3F">
+    <w:p w14:paraId="05AD263A" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+        </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Assignment of Security Instrument.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
     </w:p>
-    <w:p w14:paraId="5EA02A9A" w14:textId="2392AA2B" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="5EA02A9A" w14:textId="2392AA2B" w:rsidR="009E28F5" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:keepNext w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+        </w:tabs>
       </w:pPr>
       <w:bookmarkStart w:id="9" w:name="_Toc47355143"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Opinion of Borrower’s Counsel on Origination of Mortgage Loan [with Enforceability Opinion] (6401).</w:t>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
     </w:p>
-    <w:p w14:paraId="418F443D" w14:textId="7D178622" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="53AA536E" w14:textId="77777777" w:rsidR="00E23811" w:rsidRPr="00433634" w:rsidRDefault="00E23811" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:keepNext w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+        </w:tabs>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00433634">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">A “due authorization” opinion </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>may not be required for a Small Mortgage Loan so long as Lender complies with Lender Letter 22-04.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="418F443D" w14:textId="7D178622" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:keepNext w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+        </w:tabs>
       </w:pPr>
       <w:bookmarkStart w:id="10" w:name="_Toc47355144"/>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t>UCC</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t xml:space="preserve"> Financing Statements (UCC-1s) and Assignments of </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t>UCC</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t xml:space="preserve"> Financing Statements (UCC-3s) (or UCC-1s with UCC-1Ad Addendum) – with Schedule A to </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t>UCC</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t xml:space="preserve"> Financing Statement </w:t>
       </w:r>
       <w:r w:rsidR="00012817" w:rsidRPr="00302F6E">
         <w:t xml:space="preserve">(Borrower) </w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:t>(6421).</w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
     </w:p>
-    <w:p w14:paraId="3039C063" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="3039C063" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+        </w:tabs>
       </w:pPr>
       <w:bookmarkStart w:id="11" w:name="_Toc47355145"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Assignment of Collateral Agreements and Other Loan Documents (6402).</w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
     </w:p>
-    <w:p w14:paraId="329662D8" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="329662D8" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The following Loan Documents shall be used as and when required:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E5AB9E1" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="4E5AB9E1" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:keepNext w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+        </w:tabs>
       </w:pPr>
       <w:bookmarkStart w:id="12" w:name="_Toc47355146"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Guaranty of Non-Recourse Obligations (6015) (the “Non-Recourse Guaranty”).</w:t>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
     </w:p>
-    <w:p w14:paraId="0999DC89" w14:textId="070DD77F" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="0999DC89" w14:textId="070DD77F" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:keepNext w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+        </w:tabs>
       </w:pPr>
       <w:bookmarkStart w:id="13" w:name="_Toc47355147"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Guaranty (Payment) (6020) (the “Payment Guaranty”).</w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
     </w:p>
-    <w:p w14:paraId="3910DC62" w14:textId="7A6AC3C4" w:rsidR="00FE0C36" w:rsidRPr="00302F6E" w:rsidRDefault="00FE0C36" w:rsidP="00FE0C36">
+    <w:p w14:paraId="3910DC62" w14:textId="7A6AC3C4" w:rsidR="00FE0C36" w:rsidRPr="00302F6E" w:rsidRDefault="00FE0C36" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+        </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Limited Payment Guaranty (6020.LPG) (the “Limited Payment Guaranty”).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EAE278B" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="6EAE278B" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:keepNext w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+        </w:tabs>
       </w:pPr>
       <w:bookmarkStart w:id="14" w:name="_Toc47355148"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Assignment of Management Agreement (6405).</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
     </w:p>
-    <w:p w14:paraId="2A2FED0B" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="2A2FED0B" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="0"/>
+        </w:tabs>
       </w:pPr>
       <w:bookmarkStart w:id="15" w:name="_Toc47355149"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Loan Agreement Schedules for Interest Rate Types.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="15"/>
     </w:p>
-    <w:p w14:paraId="0BA5880E" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="0BA5880E" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The following Schedules are required to be attached to the Loan Agreement for each Interest Rate Type:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68613862" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="68613862" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+        </w:tabs>
       </w:pPr>
       <w:bookmarkStart w:id="16" w:name="_Toc47355150"/>
       <w:bookmarkStart w:id="17" w:name="_Ref47610292"/>
       <w:bookmarkStart w:id="18" w:name="_Ref47610298"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Fixed Rate Mortgage Loan.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
       <w:bookmarkEnd w:id="17"/>
       <w:bookmarkEnd w:id="18"/>
     </w:p>
-    <w:p w14:paraId="74BCE363" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="74BCE363" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Schedule 1 to Multifamily Loan and Security Agreement – Definitions Schedule (Interest Rate Type – Fixed Rate) (6101.FR).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D6C3A5D" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="0D6C3A5D" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Schedule 2 to Multifamily Loan and Security Agreement – Summary of Loan Terms (Interest Rate Type – Fixed Rate) (6102.FR).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C07BCC2" w14:textId="55FB46EE" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="0C07BCC2" w14:textId="55FB46EE" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Schedule 3 to Multifamily Loan and Security Agreement – Schedule of Interest Rate Type Provisions (Fixed Rate) (6103.FR).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FE11015" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="1FE11015" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Schedule 4 to Multifamily Loan and Security Agreement (choose only the applicable one):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1832B28C" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="1832B28C" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
+        <w:lastRenderedPageBreak/>
         <w:t>Schedule 4 to Multifamily Loan and Security Agreement - Prepayment Premium Schedule (Standard Yield Maintenance – Fixed Rate) (6104.01).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BF8722F" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="6BF8722F" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
-        <w:lastRenderedPageBreak/>
         <w:t>Schedule 4 to Multifamily Loan and Security Agreement - Prepayment Premium Schedule (Graduated Prepayment Premium – 5 Year Fixed Rate) (6104.05).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3541604C" w14:textId="51497B84" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="3541604C" w14:textId="51497B84" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Schedule 4 to Multifamily Loan and Security Agreement - Prepayment Premium Schedule (Graduated Prepayment Premium – 7 Year Fixed Rate) (6104.06).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28181AC1" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="28181AC1" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Schedule 4 to Multifamily Loan and Security Agreement - Prepayment Premium Schedule (Graduated Prepayment Premium – 10 Year Fixed Rate) (6104.07).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FC71B1B" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="3FC71B1B" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Schedule 4 to Multifamily Loan and Security Agreement - Prepayment Premium Schedule (Graduated Prepayment Premium – 12 Year Fixed Rate) (6104.15).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5467AF1A" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="5467AF1A" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Schedule 4 to Multifamily Loan and Security Agreement - Prepayment Premium Schedule (Graduated Prepayment Premium – 15 Year Fixed Rate) (6104.16).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28B55F8C" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="28B55F8C" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Schedule 4 to Multifamily Loan and Security Agreement - Prepayment Premium Schedule (Graduated Prepayment Premium – 18 Year Fixed Rate) (6104.17).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="511F554D" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="511F554D" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Schedule 4 to Multifamily Loan and Security Agreement - Prepayment Premium Schedule (Graduated Prepayment Premium – 30 Year Fixed Rate) (6104.18).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A1843D7" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="3A1843D7" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+        </w:tabs>
       </w:pPr>
       <w:bookmarkStart w:id="19" w:name="_Toc47355151"/>
       <w:bookmarkStart w:id="20" w:name="_Ref47610310"/>
       <w:bookmarkStart w:id="21" w:name="_Ref47610319"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Fixed+1 Mortgage Loan.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
       <w:bookmarkEnd w:id="20"/>
       <w:bookmarkEnd w:id="21"/>
     </w:p>
-    <w:p w14:paraId="4FEF52EA" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="4FEF52EA" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:left="1440" w:hanging="720"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[CONTACT FANNIE MAE FOR INFORMATION]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B4CC39C" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="2B4CC39C" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+        </w:tabs>
       </w:pPr>
       <w:bookmarkStart w:id="22" w:name="_Toc47355152"/>
       <w:bookmarkStart w:id="23" w:name="_Ref47610338"/>
       <w:bookmarkStart w:id="24" w:name="_Ref47610347"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t>ARM Loan.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="22"/>
       <w:bookmarkEnd w:id="23"/>
       <w:bookmarkEnd w:id="24"/>
     </w:p>
-    <w:p w14:paraId="3AF90107" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="3AF90107" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Schedule 1 to Multifamily Loan and Security Agreement (choose only the applicable one):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DA93CB6" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="7DA93CB6" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
-        <w:t>Schedule 1 to Multifamily Loan and Security Agreement – Definitions Schedule (Interest Rate Type – ARM 5/5 (</w:t>
-[...18 lines deleted...]
-    <w:p w14:paraId="608B03C8" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+        <w:t>Schedule 1 to Multifamily Loan and Security Agreement – Definitions Schedule (Interest Rate Type – ARM 5/5 (SOFR)) (6101.ARM 5/5 (SOFR)).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="608B03C8" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
-        <w:t>Schedule 1 to Multifamily Loan and Security Agreement – Definitions Schedule (Interest Rate Type – ARM 7/6 (</w:t>
-[...18 lines deleted...]
-    <w:p w14:paraId="501CFEA0" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+        <w:t>Schedule 1 to Multifamily Loan and Security Agreement – Definitions Schedule (Interest Rate Type – ARM 7/6 (SOFR)) (6101.ARM 7/6 (SOFR)).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="501CFEA0" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:snapToGrid/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
+        <w:lastRenderedPageBreak/>
         <w:t>Schedule 2 to Multifamily Loan and Security Agreement (choose only the applicable one):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03611A58" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="03611A58" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
-        <w:lastRenderedPageBreak/>
-[...19 lines deleted...]
-    <w:p w14:paraId="3F3C49C2" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+        <w:t>Schedule 2 to Multifamily Loan and Security Agreement – Summary of Loan Terms (Interest Rate Type – ARM 5/5 (SOFR)) (6102.ARM 5/5 (SOFR)).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F3C49C2" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
-        <w:t>Schedule 2 to Multifamily Loan and Security Agreement – Summary of Loan Terms (Interest Rate Type – ARM 7/6 (</w:t>
-[...18 lines deleted...]
-    <w:p w14:paraId="06E65C44" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+        <w:t>Schedule 2 to Multifamily Loan and Security Agreement – Summary of Loan Terms (Interest Rate Type – ARM 7/6 (SOFR)) (6102.ARM 7/6 (SOFR)).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06E65C44" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:snapToGrid/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Schedule 3 to Multifamily Loan and Security Agreement (choose only the applicable one):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E6E4670" w14:textId="5C2D715F" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="4E6E4670" w14:textId="5C2D715F" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
-        <w:t>Schedule 3 to Multifamily Loan and Security Agreement – Schedule of Interest Rate Type Provisions (ARM 5/5 (</w:t>
-[...7 lines deleted...]
-        <w:t>)), Fixed Rate Conversion Option, and Renewal Option</w:t>
+        <w:t>Schedule 3 to Multifamily Loan and Security Agreement – Schedule of Interest Rate Type Provisions (ARM 5/5 (SOFR)), Fixed Rate Conversion Option, and Renewal Option</w:t>
       </w:r>
       <w:r w:rsidR="00036D8D" w:rsidRPr="00302F6E">
-        <w:t xml:space="preserve"> (6103.ARM 5/5 (</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> (6103.ARM 5/5 (SOFR))</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77911731" w14:textId="566320CD" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Schedule 3 to Multifamily Loan and Security Agreement – Schedule of Interest Rate Type Provisions (ARM 7/6 (SOFR)) and Fixed Rate Conversion Option</w:t>
+      </w:r>
       <w:r w:rsidR="00036D8D" w:rsidRPr="00302F6E">
-        <w:t>SOFR</w:t>
-[...3 lines deleted...]
-        <w:t>))</w:t>
+        <w:t xml:space="preserve"> (6103.ARM 7/6 (SOFR))</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77911731" w14:textId="566320CD" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="1433B135" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Schedule 4 to Multifamily Loan and Security Agreement – Prepayment Premium Schedule (1% Prepayment Premium – ARM, SARM) (6104.11).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E220237" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Required upon Conversion:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19BBC828" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
-        <w:t>Schedule 3 to Multifamily Loan and Security Agreement – Schedule of Interest Rate Type Provisions (ARM 7/6 (</w:t>
-[...40 lines deleted...]
-    <w:p w14:paraId="19BBC828" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+        <w:t>Amendment to Multifamily Loan and Security Agreement (Conversion to Fixed Rate) (6614) or, for Mortgage Loans executed on 4000 series documents, an Amended and Restated Note.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53FA67A5" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
-        <w:t>Amendment to Multifamily Loan and Security Agreement (Conversion to Fixed Rate) (6614) or, for Mortgage Loans executed on 4000 series documents, an Amended and Restated Note.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="53FA67A5" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+        <w:t>Opinion(s) of Borrower’s Counsel on Origination of Mortgage Loan [with Enforceability Opinion] [NOTE: USE FORM 6401 AS THE BASIS FOR THE OPINION].</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4866F8DC" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
-        <w:t>Opinion(s) of Borrower’s Counsel on Origination of Mortgage Loan [with Enforceability Opinion] [NOTE: USE FORM 6401 AS THE BASIS FOR THE OPINION].</w:t>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00302F6E">
         <w:t>Amendment to Security Instrument (to be used if the maturity date is extended and the property jurisdiction requires that the Security Instrument be amended to reflect such extension).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3165FA8C" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="3165FA8C" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+        </w:tabs>
       </w:pPr>
       <w:bookmarkStart w:id="25" w:name="_Toc47355153"/>
       <w:bookmarkStart w:id="26" w:name="_Ref47610260"/>
       <w:bookmarkStart w:id="27" w:name="_Ref47610272"/>
       <w:bookmarkStart w:id="28" w:name="_Ref47610274"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Structured ARM Loan.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="25"/>
       <w:bookmarkEnd w:id="26"/>
       <w:bookmarkEnd w:id="27"/>
       <w:bookmarkEnd w:id="28"/>
     </w:p>
-    <w:p w14:paraId="3049928B" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
-[...60 lines deleted...]
-        <w:t xml:space="preserve">)) </w:t>
+    <w:p w14:paraId="3049928B" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Schedule 1 to Multifamily Loan and Security Agreement – Definitions Schedule (Interest Rate Type – Structured ARM (SOFR)) (6101.SARM (SOFR)).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1187B57E" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Schedule 2 to Multifamily Loan and Security Agreement – Summary of Loan Terms (Interest Rate Type – Structured ARM (SOFR)) (6102.SARM (SOFR)).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E4A51D5" w14:textId="240AE445" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Schedule 3 to Multifamily Loan and Security Agreement – Schedule of Interest Rate Type Provisions (Structured ARM (SOFR)) </w:t>
       </w:r>
       <w:r w:rsidR="00366D43" w:rsidRPr="00302F6E">
         <w:t xml:space="preserve">and Fixed Rate Conversion Option </w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
-        <w:t>(6103.SARM (</w:t>
-[...15 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:t>(6103.SARM (SOFR)).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24320E8E" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
         <w:t>Schedule 4 to Multifamily Loan and Security Agreement (choose only the applicable one):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F651D93" w14:textId="4F86D8A3" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="2F651D93" w14:textId="4F86D8A3" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Schedule 4 to Multifamily Loan and Security Agreement - Prepayment Premium Schedule (Graduated Prepayment Premium – SARM) (6104.10).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="552C6EE3" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="552C6EE3" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Schedule 4 to Multifamily Loan and Security Agreement - Prepayment Premium Schedule (1% Prepayment Premium – ARM, SARM) (6104.11).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27A4263C" w14:textId="77777777" w:rsidR="00EC0CE7" w:rsidRDefault="00EC0CE7" w:rsidP="00EC0CE7">
+    <w:p w14:paraId="27A4263C" w14:textId="77777777" w:rsidR="00EC0CE7" w:rsidRDefault="00EC0CE7" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>Choose only the applicable one:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FBD146A" w14:textId="6032A003" w:rsidR="00A563B3" w:rsidRDefault="00A563B3" w:rsidP="00EC0CE7">
+    <w:p w14:paraId="3FBD146A" w14:textId="6032A003" w:rsidR="00A563B3" w:rsidRDefault="00A563B3" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>Interest Rate Cap Reserve and Security Agreement (Bond Credit Enhancement</w:t>
       </w:r>
       <w:r w:rsidR="00EF5216">
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (6442.BCE)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F5B9A8C" w14:textId="2157C8BF" w:rsidR="00EC0CE7" w:rsidRPr="00A62CB7" w:rsidRDefault="00EC0CE7" w:rsidP="00EC0CE7">
+    <w:p w14:paraId="5F5B9A8C" w14:textId="2157C8BF" w:rsidR="00EC0CE7" w:rsidRPr="00A62CB7" w:rsidRDefault="00EC0CE7" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t xml:space="preserve">Interest Rate Cap Reserve and Security Agreement </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(Cap Escrow Required) </w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:t>(6442</w:t>
       </w:r>
       <w:r>
         <w:t>.CER</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5844C307" w14:textId="77777777" w:rsidR="00EC0CE7" w:rsidRDefault="00EC0CE7" w:rsidP="00EC0CE7">
+    <w:p w14:paraId="5844C307" w14:textId="77777777" w:rsidR="00EC0CE7" w:rsidRDefault="00EC0CE7" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>Interest Rate Cap Reserve and Security Agreement (Full Term Cap) (6442.FTC).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60FAB909" w14:textId="77777777" w:rsidR="00EC0CE7" w:rsidRDefault="00EC0CE7" w:rsidP="00EC0CE7">
+    <w:p w14:paraId="60FAB909" w14:textId="77777777" w:rsidR="00EC0CE7" w:rsidRDefault="00EC0CE7" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t xml:space="preserve">Interest Rate Cap Reserve and Security Agreement </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(Cap Escrow Required – Co-Tenants – Single Cap Purchaser) </w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:t>(6442</w:t>
       </w:r>
       <w:r>
         <w:t>.CER.TIC</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D9971C7" w14:textId="77777777" w:rsidR="00EC0CE7" w:rsidRPr="00302F6E" w:rsidRDefault="00EC0CE7" w:rsidP="00EC0CE7">
+    <w:p w14:paraId="0D9971C7" w14:textId="77777777" w:rsidR="00EC0CE7" w:rsidRPr="00302F6E" w:rsidRDefault="00EC0CE7" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t xml:space="preserve">Interest Rate Cap Reserve and Security Agreement </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(Full Term Cap – Co-Tenants – Single Cap Purchaser) </w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:t>(6442</w:t>
       </w:r>
       <w:r>
         <w:t>.FTC.TIC</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F7362C7" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="2F7362C7" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>(If required) Form of Opinion of Counsel to Issuer of Rate Cap Agreement (6444).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78A12B61" w14:textId="63FFD57D" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="78A12B61" w14:textId="63FFD57D" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t>UCC</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t xml:space="preserve"> Financing Statements (UCC-1s) and Assignments of </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t>UCC</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t xml:space="preserve"> Financing Statements (UCC-3s) (or UCC-1s with UCC-1Ad Addendum) – with Schedule A to </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t>UCC</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t xml:space="preserve"> Financing Statement (Rate Cap (SARM)) (6443).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A0A2631" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="5A0A2631" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Required upon Conversion:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52680CAD" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="52680CAD" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Amendment to Multifamily Loan and Security Agreement (Conversion to Fixed Rate) (6614) or, for Mortgage Loans executed on 4000 series documents, an Amended and Restated Note.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CBB31BE" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="7CBB31BE" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Opinion(s) of Borrower’s Counsel on Origination of Mortgage Loan [with Enforceability Opinion] [NOTE: USE FORM 6401 AS THE BASIS FOR THE OPINION].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3470519E" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="3470519E" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
+        <w:lastRenderedPageBreak/>
         <w:t>Amendment to Security Instrument (to be used if the maturity date is extended and the property jurisdiction requires that the Security Instrument be amended to reflect such extension).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53F7DD29" w14:textId="7899B68C" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="53F7DD29" w14:textId="7899B68C" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+        </w:tabs>
       </w:pPr>
       <w:bookmarkStart w:id="29" w:name="_Toc47355154"/>
       <w:bookmarkStart w:id="30" w:name="_Ref47610360"/>
       <w:bookmarkStart w:id="31" w:name="_Ref47610367"/>
       <w:r w:rsidRPr="00302F6E">
-        <w:lastRenderedPageBreak/>
         <w:t>Hybrid ARM Loan.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="29"/>
       <w:bookmarkEnd w:id="30"/>
       <w:bookmarkEnd w:id="31"/>
     </w:p>
-    <w:p w14:paraId="66EC41AA" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
-[...4 lines deleted...]
-        <w:t>Schedule 1 to Multifamily Loan and Security Agreement – Definitions Schedule (Interest Rate Type – Hybrid ARM (</w:t>
+    <w:p w14:paraId="66EC41AA" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Schedule 1 to Multifamily Loan and Security Agreement – Definitions Schedule (Interest Rate Type – Hybrid ARM (SOFR)) (6101.HYARM (SOFR)).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="109FF373" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Schedule 2 to Multifamily Loan and Security Agreement – Summary of Loan Terms (Interest Rate Type – Hybrid ARM (SOFR)) (6102.HYARM (SOFR)).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="634B2A56" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Schedule 3 to Multifamily Loan and Security Agreement – Schedule of Interest Rate Type Provisions (Hybrid ARM (SOFR)) (6103.HYARM (SOFR)).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55A421D9" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Schedule 4 to Multifamily Loan and Security Agreement (choose only the applicable one):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14B35E4C" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t xml:space="preserve">Schedule 4 to Multifamily Loan and Security Agreement - Prepayment Premium Schedule (Standard Yield Maintenance – </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00302F6E">
-        <w:t>SOFR</w:t>
+        <w:t>HYARM</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00302F6E">
-        <w:t>)) (6101.HYARM (</w:t>
+        <w:t>) (6104.02).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="403542A1" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Schedule 4 to Multifamily Loan and Security Agreement - Prepayment Premium Schedule (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00302F6E">
-        <w:t>SOFR</w:t>
+        <w:t>HYARM</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00302F6E">
-        <w:t>)).</w:t>
-[...7 lines deleted...]
-        <w:t>Schedule 2 to Multifamily Loan and Security Agreement – Summary of Loan Terms (Interest Rate Type – Hybrid ARM (</w:t>
+        <w:t xml:space="preserve"> Graduated Prepayment Premium – 5 Year Fixed Rate Period) (6104.19).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5649FD18" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Schedule 4 to Multifamily Loan and Security Agreement - Prepayment Premium Schedule (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00302F6E">
-        <w:t>SOFR</w:t>
+        <w:t>HYARM</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00302F6E">
-        <w:t>)) (6102.HYARM (</w:t>
+        <w:t xml:space="preserve"> Graduated Prepayment Premium – 7 Year Fixed Rate Period) (6104.20).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F7F5D0E" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Schedule 4 to Multifamily Loan and Security Agreement - Prepayment Premium Schedule (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00302F6E">
-        <w:t>SOFR</w:t>
+        <w:t>HYARM</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00302F6E">
-        <w:t>)).</w:t>
-[...106 lines deleted...]
-      <w:r w:rsidRPr="00302F6E">
         <w:t xml:space="preserve"> Graduated Prepayment Premium – 10 Year Fixed Rate Period) (6104.21).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0421CC0A" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="0421CC0A" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="0"/>
+        </w:tabs>
       </w:pPr>
       <w:bookmarkStart w:id="32" w:name="_Toc47355155"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Additional Loan Documents for Asset Classes, Special Product Features and Execution Types.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="32"/>
     </w:p>
-    <w:p w14:paraId="1F9D491E" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="1F9D491E" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>In addition to the Loan Documents specified in Section I and the Loan Agreement Schedules required for the applicable Interest Rate Type in Section II, the following Loan Documents are required for the following Asset Classes, Special Product Features or Execution Types:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="700AC130" w14:textId="468010A2" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="700AC130" w14:textId="468010A2" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+        </w:tabs>
       </w:pPr>
       <w:bookmarkStart w:id="33" w:name="_Toc47355156"/>
       <w:bookmarkStart w:id="34" w:name="_Ref47610502"/>
       <w:bookmarkStart w:id="35" w:name="_Ref47610510"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t xml:space="preserve">1031 </w:t>
       </w:r>
       <w:r w:rsidR="008811FD">
         <w:t xml:space="preserve">Reverse </w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Exchanges.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="33"/>
       <w:bookmarkEnd w:id="34"/>
       <w:bookmarkEnd w:id="35"/>
     </w:p>
-    <w:p w14:paraId="67A23E9A" w14:textId="3FEB373D" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="67A23E9A" w14:textId="3FEB373D" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t xml:space="preserve">Modifications to Multifamily Loan and Security Agreement (1031 </w:t>
       </w:r>
       <w:r w:rsidR="008811FD">
         <w:t xml:space="preserve">Reverse </w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Exchange) (6244).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56489700" w14:textId="6E15B922" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="00662BEF" w:rsidP="009E28F5">
+    <w:p w14:paraId="56489700" w14:textId="6E15B922" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="00662BEF" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00662BEF">
+        <w:lastRenderedPageBreak/>
         <w:t>Consent to Transfer and Ratification of Loan Obligations (1031 Reverse Exchange)</w:t>
       </w:r>
       <w:r w:rsidR="009E28F5" w:rsidRPr="00302F6E">
         <w:t xml:space="preserve"> (6634) (required upon completion of the exchange).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39D5BAE9" w14:textId="2A5AFF8C" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="39D5BAE9" w14:textId="2A5AFF8C" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t xml:space="preserve">Subordination, Assignment and Security Agreement (Master Lease) (6446.ML), for use with 1031 </w:t>
       </w:r>
       <w:r w:rsidR="008811FD">
         <w:t xml:space="preserve">reverse </w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:t>exchange transactions where a master lease is in place.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5770434D" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="5770434D" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+        </w:tabs>
       </w:pPr>
       <w:bookmarkStart w:id="36" w:name="_Toc47355157"/>
       <w:bookmarkStart w:id="37" w:name="_Ref47610518"/>
       <w:bookmarkStart w:id="38" w:name="_Ref47610523"/>
       <w:r w:rsidRPr="00302F6E">
-        <w:lastRenderedPageBreak/>
         <w:t>Choice Refinance.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="36"/>
       <w:bookmarkEnd w:id="37"/>
       <w:bookmarkEnd w:id="38"/>
     </w:p>
-    <w:p w14:paraId="08D2C5D4" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="08D2C5D4" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>If approved in advance by the Fannie Mae Deal Team, for use with Standard Commitments or Early Rate Locks and no good faith cash deposit:  Amendment to Security Instrument (Spreader – Choice Refinance Commitment Obligations) (6301).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18FC1C3A" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="18FC1C3A" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PLEASE NOTE:  DUE TO THE LOAN DOCUMENT RESTRUCTURING, FORMS 4513 AND 4514 HAVE BEEN RETIRED AND CANNOT BE USED WITH THE 6000 SERIES LOAN DOCUMENTS.  EXECUTION OF A NEW LOAN AGREEMENT IS REQUIRED.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AD3981E" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="1AD3981E" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+        </w:tabs>
         <w:rPr>
           <w:snapToGrid/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="39" w:name="_Ref96070482"/>
       <w:bookmarkStart w:id="40" w:name="_Toc47355158"/>
       <w:bookmarkStart w:id="41" w:name="_Ref47610530"/>
       <w:bookmarkStart w:id="42" w:name="_Ref47610536"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Co-Borrowers.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="39"/>
     </w:p>
-    <w:p w14:paraId="427F6F78" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="427F6F78" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Modifications to Multifamily Loan and Security Agreement (Co-Borrowers) (6274).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DE42DC1" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="2DE42DC1" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Modifications to Security Instrument (Co-Borrowers) (6322).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25BC12D1" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="25BC12D1" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+        </w:tabs>
       </w:pPr>
       <w:bookmarkStart w:id="43" w:name="_Ref99614437"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Co-Tenants (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t>TICs</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t>).</w:t>
       </w:r>
       <w:bookmarkEnd w:id="40"/>
       <w:bookmarkEnd w:id="41"/>
       <w:bookmarkEnd w:id="42"/>
       <w:bookmarkEnd w:id="43"/>
     </w:p>
-    <w:p w14:paraId="3B2A9D44" w14:textId="453EF742" w:rsidR="009E28F5" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="3B2A9D44" w14:textId="453EF742" w:rsidR="009E28F5" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Modifications to Multifamily Loan and Security Agreement – Addenda to Schedule 2 – Summary of Loan Terms (Co-Tenants) (6102.17).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13AD5E88" w14:textId="1E900466" w:rsidR="0049448D" w:rsidRDefault="0049448D" w:rsidP="00302F6E">
+    <w:p w14:paraId="13AD5E88" w14:textId="1E900466" w:rsidR="0049448D" w:rsidRDefault="0049448D" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>Choose only the applicable one:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CFEA9BF" w14:textId="0FB18CDB" w:rsidR="00302F6E" w:rsidRPr="00302F6E" w:rsidRDefault="00302F6E" w:rsidP="0049448D">
+    <w:p w14:paraId="1CFEA9BF" w14:textId="0FB18CDB" w:rsidR="00302F6E" w:rsidRPr="00302F6E" w:rsidRDefault="00302F6E" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Modifications to Multifamily Loan and Security Agreement (Co-Tenants) (6232)</w:t>
       </w:r>
       <w:r w:rsidR="0049448D">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BA0693C" w14:textId="0A8DD5B6" w:rsidR="00302F6E" w:rsidRPr="00302F6E" w:rsidRDefault="00730301" w:rsidP="0049448D">
+    <w:p w14:paraId="1BA0693C" w14:textId="0A8DD5B6" w:rsidR="00302F6E" w:rsidRPr="00302F6E" w:rsidRDefault="00730301" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For use when one Co-Tenant purchases any required interest rate cap: </w:t>
       </w:r>
       <w:r w:rsidR="00302F6E" w:rsidRPr="00302F6E">
         <w:t>Modifications to Multifamily Loan and Security Agreement (Co-Tenants – Single Cap Purchaser) (6232.Single Cap Purchaser).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67D9B584" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="67D9B584" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+        </w:tabs>
       </w:pPr>
       <w:bookmarkStart w:id="44" w:name="_Toc47355159"/>
       <w:bookmarkStart w:id="45" w:name="_Ref47610550"/>
       <w:bookmarkStart w:id="46" w:name="_Ref47610559"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Condominiums.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="44"/>
       <w:bookmarkEnd w:id="45"/>
       <w:bookmarkEnd w:id="46"/>
     </w:p>
-    <w:p w14:paraId="26157647" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="26157647" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:left="1440" w:hanging="720"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>For use when Borrower owns all units in a condominium:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="206735CC" w14:textId="11DAEA1E" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="206735CC" w14:textId="11DAEA1E" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Modifications to Multifamily Loan and Security Agreement (Condominium Provisions) (6202)</w:t>
       </w:r>
       <w:r w:rsidR="00730301">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="328788D6" w14:textId="16542A7D" w:rsidR="009E28F5" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="328788D6" w14:textId="16542A7D" w:rsidR="009E28F5" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Modifications to Security Instrument (Condominium Subordination) (6304).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35EEA99E" w14:textId="7641D4FF" w:rsidR="00730301" w:rsidRPr="00730301" w:rsidRDefault="00730301" w:rsidP="00730301">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00302F6E">
+    <w:p w14:paraId="35EEA99E" w14:textId="7641D4FF" w:rsidR="00730301" w:rsidRPr="00730301" w:rsidRDefault="00730301" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Condominium Review Checklist (6498).  (Do not deliver checklist with </w:t>
       </w:r>
       <w:r w:rsidR="001400CA">
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:t xml:space="preserve">oan </w:t>
       </w:r>
       <w:r w:rsidR="001400CA">
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:t>ocuments</w:t>
       </w:r>
       <w:r w:rsidR="001400CA">
         <w:t xml:space="preserve"> in Folder I</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:t>; retain in servicing file.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1499364A" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="1499364A" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:left="1440" w:hanging="720"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>For use when Borrower does not own the entire condominium:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54C45F5E" w14:textId="7666A4D2" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
-[...4 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="54C45F5E" w14:textId="7666A4D2" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
         <w:t>Modifications to Multifamily Loan and Security Agreement (Fractured/Commercial Condominium Provisions) (6258), including attached Fractured/Commercial Condominium Estoppel Certificate.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C8B729E" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="0C8B729E" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Modifications to Security Instrument (Condominium Subordination) (6304).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CB8C63A" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="5CB8C63A" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+        </w:tabs>
       </w:pPr>
       <w:bookmarkStart w:id="47" w:name="_Toc47355160"/>
       <w:bookmarkStart w:id="48" w:name="_Ref47610566"/>
       <w:bookmarkStart w:id="49" w:name="_Ref47610573"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Cooperative Properties.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="47"/>
       <w:bookmarkEnd w:id="48"/>
       <w:bookmarkEnd w:id="49"/>
     </w:p>
-    <w:p w14:paraId="37998D11" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="37998D11" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Modifications to Multifamily Loan and Security Agreement (Cooperative Property) (6210).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18C59188" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="18C59188" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Modifications to Security Instrument (Cooperative Property) (6312).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E6CC567" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="6E6CC567" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+        </w:tabs>
       </w:pPr>
       <w:bookmarkStart w:id="50" w:name="_Toc47355161"/>
       <w:bookmarkStart w:id="51" w:name="_Ref47610579"/>
       <w:bookmarkStart w:id="52" w:name="_Ref47610585"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Cross-Default and Cross-Collateralization.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="50"/>
       <w:bookmarkEnd w:id="51"/>
       <w:bookmarkEnd w:id="52"/>
     </w:p>
-    <w:p w14:paraId="5DDDE6B2" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="5DDDE6B2" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>For Mortgage Loans that are cross-defaulted and cross-collateralized and a single Note evidences the Mortgage Loan secured by Security Instruments on two (2) or more Mortgaged Properties:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24E81242" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="24E81242" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Modifications to Multifamily Loan and Security Agreement (Cross-Collateralization: Single Note) (6204).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76112E69" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="76112E69" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Modifications to Security Instrument (Cross-Collateralization: Single Note) (6306).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C2E7A71" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="0C2E7A71" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>For Mortgage Loans that are cross-defaulted and cross-collateralized and are evidenced by separate Notes:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E1C041C" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="6E1C041C" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Modifications to Multifamily Loan and Security Agreement (Cross-Default and Cross-Collateralization: Multi-Note) (6203).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43D695D1" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="43D695D1" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Modifications to Security Instrument (Cross-Default and Cross-Collateralization: Multi-Note) (6305).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A3E3F48" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="1A3E3F48" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+        </w:tabs>
       </w:pPr>
       <w:bookmarkStart w:id="53" w:name="_Toc47355162"/>
       <w:bookmarkStart w:id="54" w:name="_Ref47610597"/>
       <w:bookmarkStart w:id="55" w:name="_Ref47610602"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Defeasance.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="53"/>
       <w:bookmarkEnd w:id="54"/>
       <w:bookmarkEnd w:id="55"/>
     </w:p>
-    <w:p w14:paraId="610E6427" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="610E6427" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>For 4000 Series Loan Documents, required Loan Documents at defeasance:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00251273" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="00251273" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Defeasance Assignment and Assumption Agreement (4528).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="294176EF" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="294176EF" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Defeasance Pledge Agreement (4529).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F7C684C" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="4F7C684C" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
+        <w:lastRenderedPageBreak/>
         <w:t>Opinion of Borrower’s Counsel on Defeasance of Mortgage Loan (4550.DEF).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72B9F9AF" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="72B9F9AF" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>For 6000 Series Loan Documents:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63AC92C0" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="63AC92C0" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Required at Loan Closing:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E86CA68" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="6E86CA68" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:left="2160"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>(i)</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Choose only the applicable one:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="440FDEE2" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="440FDEE2" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:left="3600" w:hanging="720"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(1)</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Schedule 4 to Multifamily Loan and Security Agreement - Prepayment Premium Schedule (Original Defeasance) (6104.12).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FE65B8B" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="2FE65B8B" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:left="3600" w:hanging="720"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(2)</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Schedule 4 to Multifamily Loan and Security Agreement - Prepayment Premium Schedule (Alternative Defeasance) (6104.13).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3352BC5D" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="3352BC5D" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:left="2880" w:hanging="720"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(ii)</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Modifications to Multifamily Loan and Security Agreement (Defeasance) (6207).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0810FF99" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="0810FF99" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Required Loan Documents at defeasance:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F2A52D2" w14:textId="744BE526" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="0F2A52D2" w14:textId="744BE526" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:left="2160"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(i)</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Defeasance </w:t>
       </w:r>
       <w:r w:rsidR="003158BA" w:rsidRPr="00302F6E">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Assignment </w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>and Assumption Agreement (6616).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65B80BA4" w14:textId="78E0DFCA" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="65B80BA4" w14:textId="78E0DFCA" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:left="2160"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(ii)</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Defeasance Pledge Agreement (6617).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60A38C1C" w14:textId="332EE0F8" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="60A38C1C" w14:textId="332EE0F8" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:left="2880" w:hanging="720"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(iii)</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Opinion of Borrower’s Counsel on Defeasance of Mortgage Loan [with Enforceability Opinion] (6618).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D42FFD6" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="7D42FFD6" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+        </w:tabs>
         <w:rPr>
           <w:specVanish/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="56" w:name="_Ref78897148"/>
       <w:bookmarkStart w:id="57" w:name="_Toc47355163"/>
       <w:bookmarkStart w:id="58" w:name="_Ref47610614"/>
       <w:bookmarkStart w:id="59" w:name="_Ref47610620"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Delaware Statutory Trusts.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="56"/>
     </w:p>
-    <w:p w14:paraId="0E5DA3A4" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="0E5DA3A4" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="60" w:name="_Hlk78887682"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t>In lieu of the Loan Agreement specified in Section I above, use Multifamily Loan and Security Agreement (Non-Recourse) (Delaware Statutory Trust) (6001.NR.DST) (the “</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>DST Loan Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:t>”).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="395B7776" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="395B7776" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>In lieu of a Schedule 1 identified in Section II above, use one of the following, as applicable:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0502BC24" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="0502BC24" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Schedule 1 to Multifamily Loan and Security Agreement – Definitions Schedule (Interest Rate Type – Fixed Rate) (Delaware Statutory Trust) (6101.FR.DST).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54F8757D" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="54F8757D" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
-        <w:t>Schedule 1 to Multifamily Loan and Security Agreement – Definitions Schedule (Interest Rate Type – ARM 5/5 (</w:t>
-[...18 lines deleted...]
-    <w:p w14:paraId="5AC01007" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+        <w:t>Schedule 1 to Multifamily Loan and Security Agreement – Definitions Schedule (Interest Rate Type – ARM 5/5 (SOFR)) (Delaware Statutory Trust) (6101.ARM.DST 5/5 (SOFR)).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AC01007" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
-        <w:t>Schedule 1 to Multifamily Loan and Security Agreement – Definitions Schedule (Interest Rate Type – ARM 7/6 (</w:t>
-[...18 lines deleted...]
-    <w:p w14:paraId="1533D1A9" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+        <w:lastRenderedPageBreak/>
+        <w:t>Schedule 1 to Multifamily Loan and Security Agreement – Definitions Schedule (Interest Rate Type – ARM 7/6 (SOFR)) (Delaware Statutory Trust) (6101.ARM.DST 7/6 (SOFR)).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1533D1A9" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
-        <w:t>Schedule 1 to Multifamily Loan and Security Agreement – Definitions Schedule (Interest Rate Type – Structured ARM (</w:t>
-[...23 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:t>Schedule 1 to Multifamily Loan and Security Agreement – Definitions Schedule (Interest Rate Type – Structured ARM (SOFR)) (Delaware Statutory Trust) (6101.SARM.DST (SOFR)).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FFEF032" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
         <w:t>In lieu of a Schedule 2 identified in Section II above, use one of the following, as applicable:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7251AA05" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="7251AA05" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Schedule 2 to Multifamily Loan and Security Agreement – Summary of Loan Terms (Interest Rate Type – Fixed Rate) (Master Lease) (6102.FR.ML).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41F46565" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="41F46565" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
-        <w:t>Schedule 2 to Multifamily Loan and Security Agreement – Summary of Loan Terms (Interest Rate Type – ARM 5/5 (</w:t>
-[...18 lines deleted...]
-    <w:p w14:paraId="57E2BCF7" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+        <w:t>Schedule 2 to Multifamily Loan and Security Agreement – Summary of Loan Terms (Interest Rate Type – ARM 5/5 (SOFR)) (Master Lease) (6102.ARM.ML 5/5 (SOFR)).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57E2BCF7" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
-        <w:t>Schedule 2 to Multifamily Loan and Security Agreement – Summary of Loan Terms (Interest Rate Type – ARM 7/6 (</w:t>
-[...18 lines deleted...]
-    <w:p w14:paraId="30783170" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+        <w:t>Schedule 2 to Multifamily Loan and Security Agreement – Summary of Loan Terms (Interest Rate Type – ARM 7/6 (SOFR)) (Master Lease) (6102.ARM.ML 7/6 (SOFR)).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30783170" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
-        <w:t>Schedule 2 to Multifamily Loan and Security Agreement – Summary of Loan Terms (Interest Rate Type – Structured ARM (</w:t>
-[...18 lines deleted...]
-    <w:p w14:paraId="0E0D6A23" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+        <w:t>Schedule 2 to Multifamily Loan and Security Agreement – Summary of Loan Terms (Interest Rate Type – Structured ARM (SOFR)) (Master Lease) (6102.SARM.ML (SOFR)).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E0D6A23" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Schedules 3-9 to the DST Loan Agreement are as otherwise required for the Loan Agreement (with Schedules 5-9 embedded in the DST Loan Agreement).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33AD6907" w14:textId="4EC8B194" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="33AD6907" w14:textId="4EC8B194" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Modifications to Security Instrument (Delaware Statutory Trust</w:t>
       </w:r>
       <w:r w:rsidR="00C82F99" w:rsidRPr="00302F6E">
         <w:t xml:space="preserve"> Master Lease Transactions</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:t>) (6317.DST).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EA300BF" w14:textId="51D0D275" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="1EA300BF" w14:textId="51D0D275" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Opinion of Borrower’s Counsel on Origination of Delaware Statutory Trust Mortgage Loan With Enforceability Opinion (6401.DST)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E6052A3" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="6E6052A3" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Assignment of Management Agreement (Delaware Statutory Trust) (6405.DST).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="004F1A59" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="004F1A59" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t>UCC</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t xml:space="preserve"> Financing Statements (UCC-1s) and Assignments of </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t>UCC</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t xml:space="preserve"> Financing Statements (UCC-3s) (or UCC-1s with UCC-1Ad Addendum) – with Schedule A to </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t>UCC</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t xml:space="preserve"> Financing Statement (Borrower) (Delaware Statutory Trust) (6449.DST.Borrower).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75B287CB" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="75B287CB" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t>UCC</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t xml:space="preserve"> Financing Statements (UCC-1s) and Assignments of </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t>UCC</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t xml:space="preserve"> Financing Statements (UCC-3s) (or UCC-1s with UCC-1Ad Addendum) – with Schedule A to </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t>UCC</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t xml:space="preserve"> Financing Statement (Master Tenant) (Delaware Statutory Trust) (6449.DST.Master Tenant).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D10712E" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00302F6E">
+    <w:p w14:paraId="5D10712E" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:lastRenderedPageBreak/>
         <w:t>Master Lessee Estoppel Certificate (Delaware Statutory Trust) (6469.DST).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AD2D24B" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="5AD2D24B" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Delaware Statutory Trust Master Lease Review Checklist (6480.DST).  (Do not deliver checklist with loan documents; retain in servicing file.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64DA6641" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="64DA6641" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Subordination Agreement (Delaware Statutory Trust Master Lease) (6493.DST).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2991B1BE" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
-[...4 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="2991B1BE" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
         <w:t>Property Level Assignment of Leases and Rents (Delaware Statutory Trust) (6494.DST).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="555C8F9A" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="555C8F9A" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+        </w:tabs>
         <w:rPr>
           <w:snapToGrid/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="61" w:name="_Ref99010760"/>
       <w:bookmarkStart w:id="62" w:name="_Ref78897737"/>
       <w:bookmarkEnd w:id="60"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Expanded Housing Choice.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="61"/>
     </w:p>
-    <w:p w14:paraId="5AC7781E" w14:textId="2DCB8AFA" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="003B4824">
+    <w:p w14:paraId="5AC7781E" w14:textId="2DCB8AFA" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Supplemental Annual Loan Agreement Certification (Expanded Housing Choice) (6620.Supplemental.</w:t>
       </w:r>
       <w:r w:rsidR="00E07BD7">
         <w:t>EHC</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="315806EB" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="315806EB" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+        </w:tabs>
       </w:pPr>
       <w:bookmarkStart w:id="63" w:name="_Ref99614480"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t>FHA Risk Sharing Mortgage Loans.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="57"/>
       <w:bookmarkEnd w:id="58"/>
       <w:bookmarkEnd w:id="59"/>
       <w:bookmarkEnd w:id="62"/>
       <w:bookmarkEnd w:id="63"/>
     </w:p>
-    <w:p w14:paraId="190E2E0E" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="190E2E0E" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Modifications to Multifamily Loan and Security Agreement – Addenda to Schedule 2 – Summary of Loan Terms (FHA Risk Sharing Loans) (6102.14).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="500989E7" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="500989E7" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Modifications to Multifamily Loan and Security Agreement (FHA Risk Sharing Loans) (6205).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18FC5350" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="18FC5350" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Modifications to Security Instrument (FHA Risk Sharing Mortgage Loans) (6316).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2314E939" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="2314E939" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Borrower’s Certificate (Multifamily Affordable Housing/FHA Risk Sharing Loans) (6410).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7443FC48" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="7443FC48" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+        </w:tabs>
       </w:pPr>
       <w:bookmarkStart w:id="64" w:name="_Toc47355164"/>
       <w:bookmarkStart w:id="65" w:name="_Ref47610628"/>
       <w:bookmarkStart w:id="66" w:name="_Ref47610633"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Green Mortgage Loans.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="64"/>
       <w:bookmarkEnd w:id="65"/>
       <w:bookmarkEnd w:id="66"/>
     </w:p>
-    <w:p w14:paraId="6F32486B" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="6F32486B" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Modifications to Multifamily Loan and Security Agreement (Green Rewards Mortgage Loan) (6241).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77113138" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00302F6E">
+    <w:p w14:paraId="4E6934FE" w14:textId="77777777" w:rsidR="00CA1E90" w:rsidRPr="00CA1E90" w:rsidRDefault="00CA1E90" w:rsidP="00CA1E90">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA1E90">
         <w:t>Modifications to Multifamily Loan and Security Agreement (Green Rewards/Solar Mortgage Loan) (6264).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="699A3763" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="699A3763" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Modifications to Multifamily Loan and Security Agreement (Green Building Certification) (6267).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C4BCF84" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="5C4BCF84" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+        </w:tabs>
       </w:pPr>
       <w:bookmarkStart w:id="67" w:name="_Toc47355165"/>
       <w:bookmarkStart w:id="68" w:name="_Ref47610640"/>
       <w:bookmarkStart w:id="69" w:name="_Ref47610646"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Ground Leases.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="67"/>
       <w:bookmarkEnd w:id="68"/>
       <w:bookmarkEnd w:id="69"/>
     </w:p>
-    <w:p w14:paraId="6364F323" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="6364F323" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Modifications to Multifamily Loan and Security Agreement (Ground Lease Defaults) (6206) and Ground Lease Review Checklist (6479) (formerly Form 4665).  (Do not deliver checklist with loan documents; retain in servicing file.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32D06D0B" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="32D06D0B" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Modifications to Security Instrument (Ground Lease Provisions) (6308).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D4F0E07" w14:textId="3F09435E" w:rsidR="00D4499D" w:rsidRPr="00302F6E" w:rsidRDefault="00D4499D" w:rsidP="00D4499D">
+    <w:p w14:paraId="0D4F0E07" w14:textId="3F09435E" w:rsidR="00D4499D" w:rsidRPr="00302F6E" w:rsidRDefault="00D4499D" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Choose</w:t>
       </w:r>
       <w:r w:rsidR="00D26204">
         <w:t xml:space="preserve"> only</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:t xml:space="preserve"> the applicable one:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A986DDF" w14:textId="50CE2296" w:rsidR="009E28F5" w:rsidRPr="00730301" w:rsidRDefault="009E28F5" w:rsidP="00730301">
+    <w:p w14:paraId="5A986DDF" w14:textId="50CE2296" w:rsidR="009E28F5" w:rsidRPr="00730301" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
+        <w:lastRenderedPageBreak/>
         <w:t>For use when Ground Lessor is a Borrower Affiliate or is otherwise joining into the Security Instrument</w:t>
       </w:r>
       <w:r w:rsidR="001400CA">
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00730301">
         <w:t xml:space="preserve"> s</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:t>ee Modifications to Security Instrument (Ground Lease Provisions) (6308) for attached form of Joinder and Consent of Ground Lessor.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F1B0B02" w14:textId="3759BB7B" w:rsidR="00D4499D" w:rsidRPr="00D4499D" w:rsidRDefault="00D4499D" w:rsidP="00730301">
+    <w:p w14:paraId="2F1B0B02" w14:textId="3759BB7B" w:rsidR="00D4499D" w:rsidRPr="00D4499D" w:rsidRDefault="00D4499D" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">For use when Ground Lessor is a </w:t>
       </w:r>
       <w:r>
         <w:t>municipality or other governmental authority</w:t>
       </w:r>
       <w:r w:rsidR="001400CA">
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00730301">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Modifications to Security Instrument (Joinder and Consent of Ground Lessor – Unaffiliated Ground Lessor) (6308.ALT).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19047533" w14:textId="4E3E03C3" w:rsidR="00D26204" w:rsidRPr="00D26204" w:rsidRDefault="00D26204" w:rsidP="00730301">
+    <w:p w14:paraId="19047533" w14:textId="4E3E03C3" w:rsidR="00D26204" w:rsidRPr="00D26204" w:rsidRDefault="00D26204" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>For use when the Ground Lease does not satisfy all</w:t>
       </w:r>
       <w:r w:rsidR="00C22D66">
         <w:t>, or is silent as to any,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001400CA">
         <w:t>G</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">round </w:t>
       </w:r>
       <w:r w:rsidR="001400CA">
         <w:t>L</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ease </w:t>
       </w:r>
       <w:r w:rsidR="001400CA">
         <w:t>Review C</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">hecklist </w:t>
       </w:r>
       <w:r w:rsidR="001400CA">
         <w:t xml:space="preserve">(Form 6479) </w:t>
       </w:r>
       <w:r>
         <w:t>requirements and Ground Lessor is not otherwise entering into a joinder and consent</w:t>
       </w:r>
       <w:r w:rsidR="001400CA">
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00730301">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Ground Lease Recognition and Attornment Agreement (6426).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57204F60" w14:textId="77777777" w:rsidR="00730301" w:rsidRPr="00302F6E" w:rsidRDefault="00730301" w:rsidP="00730301">
+    <w:p w14:paraId="57204F60" w14:textId="77777777" w:rsidR="00730301" w:rsidRPr="00302F6E" w:rsidRDefault="00730301" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Ground Lessor Estoppel Certificate (6495).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24BBED8D" w14:textId="02329803" w:rsidR="009E28F5" w:rsidRDefault="009E28F5" w:rsidP="00D26204">
+    <w:p w14:paraId="24BBED8D" w14:textId="02329803" w:rsidR="009E28F5" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t>UCC</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t xml:space="preserve"> Financing Statements (UCC-1s) and Assignments of </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t>UCC</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t xml:space="preserve"> Financing Statements (UCC-3s) (or UCC-1s with UCC-1Ad Addendum) – with Schedule A to </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t>UCC</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t xml:space="preserve"> Financing Statement (Ground Lessor) (6449.Ground Lessor).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5894FACF" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="5894FACF" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+        </w:tabs>
       </w:pPr>
       <w:bookmarkStart w:id="70" w:name="_Toc47355166"/>
       <w:bookmarkStart w:id="71" w:name="_Ref47610655"/>
       <w:bookmarkStart w:id="72" w:name="_Ref47610661"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t>HAP Contracts (Section 8).</w:t>
       </w:r>
       <w:bookmarkEnd w:id="70"/>
       <w:bookmarkEnd w:id="71"/>
       <w:bookmarkEnd w:id="72"/>
     </w:p>
-    <w:p w14:paraId="6666C711" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="6666C711" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Modifications to Multifamily Loan and Security Agreement – Addenda to Schedule 2 – Summary of Loan Terms (Section 8 HAP Contract) (6102.02).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FEFB849" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="0FEFB849" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Modifications to Multifamily Loan and Security Agreement (Section 8 HAP Contract) (6216).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A7D8B94" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="7A7D8B94" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Choose only the applicable one:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D609C69" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="3D609C69" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Assignment of Housing Assistance Payments Contract (6403).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E5D347F" w14:textId="5326A1A1" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="3E5D347F" w14:textId="5326A1A1" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Assignment of Housing Assistance Payments Contract (Credit Enhancement) (6404).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18B3C980" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="18B3C980" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Choose only the applicable one:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4445F36A" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="4445F36A" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Consent to Assignment of HAP Contract to FNMA as Security for FNMA Credit Enhancement (6411).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A980106" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="4A980106" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Consent to Assignment of HAP Contract as Security for FNMA Financing (6412).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="446C2303" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="446C2303" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>When a Rent Restabilization Reserve is required:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03881025" w14:textId="0C137023" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="03881025" w14:textId="0C137023" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Modifications to Multifamily Loan and Security Agreement – Addenda to Schedule 2 – Summary of Loan Terms (Restabilization</w:t>
       </w:r>
       <w:r w:rsidR="00C82F99" w:rsidRPr="00302F6E">
         <w:t xml:space="preserve"> Reserve</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:t>) (6102.18).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15E01E0E" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="15E01E0E" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
+        <w:lastRenderedPageBreak/>
         <w:t>Modifications to Multifamily Loan and Security Agreement (Restabilization Reserve) (6233).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51EDC4EB" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
-[...11 lines deleted...]
-    <w:p w14:paraId="29A8504D" w14:textId="3899E442" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="51EDC4EB" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>For use when the Mortgaged Property is encumbered by an agency regulatory agreement or recorded use restriction under which all or a portion of the residential units are restricted for occupancy by tenants with limited incomes and which restricts the rents that can be charged for those units:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29A8504D" w14:textId="3899E442" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:snapToGrid/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Modifications to Multifamily Loan and Security Agreement – Addenda to Schedule 2 – Summary of Loan Terms (</w:t>
       </w:r>
       <w:bookmarkStart w:id="73" w:name="_Hlk150341743"/>
       <w:r w:rsidR="00421C84" w:rsidRPr="00421C84">
         <w:t>Agreement Restricting Rent, Income</w:t>
       </w:r>
       <w:r w:rsidR="001400CA">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00421C84" w:rsidRPr="00421C84">
         <w:t xml:space="preserve"> or Both</w:t>
       </w:r>
       <w:bookmarkEnd w:id="73"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t>) (6102.23).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="391D6726" w14:textId="538677EC" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="391D6726" w14:textId="538677EC" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Modifications to Multifamily Loan and Security Agreement (</w:t>
       </w:r>
       <w:r w:rsidR="00421C84" w:rsidRPr="00421C84">
         <w:t>Agreement Restricting Rent, Income</w:t>
       </w:r>
       <w:r w:rsidR="001400CA">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00421C84" w:rsidRPr="00421C84">
         <w:t xml:space="preserve"> or Both</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:t>) (6253)</w:t>
       </w:r>
       <w:r w:rsidR="00617216">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00617216">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>OR</w:t>
       </w:r>
       <w:r w:rsidR="00617216">
         <w:t xml:space="preserve"> Modifications to Multifamily Loan and Security Agreement (Agreement Restricting Rent, Income, or Both) (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00617216">
         <w:t>M.TEB</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00617216">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="002225BC">
         <w:t xml:space="preserve"> (6253.M.TEB)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="380AFA17" w14:textId="017A8C54" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="380AFA17" w14:textId="017A8C54" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Section 8 Housing Assistance Payments (HAP) Contract Review Sheet and Certification (6422).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="182923AB" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="1A8AC188" w14:textId="6455E9C3" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-[...18 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+        </w:tabs>
+        <w:rPr>
+          <w:snapToGrid/>
+          <w:vanish/>
+          <w:specVanish/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="74" w:name="_Ref99372989"/>
+      <w:bookmarkStart w:id="75" w:name="_Ref103606654"/>
+      <w:bookmarkStart w:id="76" w:name="_Toc47355168"/>
+      <w:bookmarkStart w:id="77" w:name="_Ref47610685"/>
+      <w:bookmarkStart w:id="78" w:name="_Ref47610691"/>
+      <w:bookmarkStart w:id="79" w:name="_Ref63941065"/>
+      <w:bookmarkStart w:id="80" w:name="_Ref99707306"/>
+      <w:bookmarkStart w:id="81" w:name="_Ref99707321"/>
+      <w:bookmarkStart w:id="82" w:name="_Ref99707394"/>
+      <w:bookmarkStart w:id="83" w:name="_Ref99707409"/>
+      <w:bookmarkStart w:id="84" w:name="_Ref99707431"/>
+      <w:bookmarkStart w:id="85" w:name="_Ref99707444"/>
+      <w:bookmarkStart w:id="86" w:name="_Ref99707719"/>
+      <w:bookmarkStart w:id="87" w:name="_Toc47355169"/>
+      <w:bookmarkStart w:id="88" w:name="_Ref47610703"/>
+      <w:bookmarkStart w:id="89" w:name="_Ref47610708"/>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t xml:space="preserve">Legal Non-Conforming </w:t>
+      </w:r>
+      <w:r w:rsidR="001B796B" w:rsidRPr="00302F6E">
+        <w:t xml:space="preserve">Use or Legal Non-Conforming </w:t>
+      </w:r>
+      <w:r w:rsidR="00E16EC6" w:rsidRPr="00302F6E">
+        <w:t>Status</w:t>
+      </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:t>.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="74"/>
       <w:bookmarkEnd w:id="75"/>
+    </w:p>
+    <w:p w14:paraId="582F3D32" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30459683" w14:textId="2F25F3CF" w:rsidR="00FE0C36" w:rsidRPr="00302F6E" w:rsidRDefault="00FE0C36" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Limited Payment Guaranty (6020.LPG).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="274B893F" w14:textId="753C95A3" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Modifications to Multifamily Loan and Security Agreement (Legal Non-Conforming Status) (6275).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17DD06D0" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+        </w:tabs>
+        <w:rPr>
+          <w:snapToGrid/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="90" w:name="_Ref100562391"/>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Manufactured Housing.</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="76"/>
       <w:bookmarkEnd w:id="77"/>
       <w:bookmarkEnd w:id="78"/>
-    </w:p>
-[...177 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="79"/>
-      <w:bookmarkEnd w:id="96"/>
-[...36 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="80"/>
       <w:bookmarkEnd w:id="81"/>
       <w:bookmarkEnd w:id="82"/>
       <w:bookmarkEnd w:id="83"/>
       <w:bookmarkEnd w:id="84"/>
       <w:bookmarkEnd w:id="85"/>
       <w:bookmarkEnd w:id="86"/>
+      <w:bookmarkEnd w:id="90"/>
+    </w:p>
+    <w:p w14:paraId="155B13A3" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="91" w:name="_Ref99707506"/>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>[Intentionally Deleted.]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="620CFEEC" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Choose only the applicable one:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="279C921B" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Modifications to Multifamily Loan and Security Agreement – Addenda to Schedule 2 – Summary of Loan Terms (Manufactured Housing Community) (6102.01).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C9DDEA4" w14:textId="215C7C2A" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>For use when Borrower is a Non-Traditional Entity (non-profit, government-owned, resident-owned) and tenant site lease protections are not required</w:t>
+      </w:r>
+      <w:r w:rsidR="001400CA">
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t xml:space="preserve"> Modifications to Multifamily Loan and Security Agreement – Addenda to Schedule 2 – Summary of Loan Terms (Manufactured Housing Community - Non-Traditional Ownership) (6102.01.NT).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F730256" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Choose only the applicable one:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A2D5F07" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Modifications to Multifamily Loan and Security Agreement (Manufactured Housing Community) (6208).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49A37BD0" w14:textId="405CBAED" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:lastRenderedPageBreak/>
+        <w:t>For use when Borrower is a Non-Traditional Entity (non-profit, government-owned, resident-owned) and tenant site lease protections are not required</w:t>
+      </w:r>
+      <w:r w:rsidR="001400CA">
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t xml:space="preserve"> Modifications to Multifamily Loan and Security Agreement (Manufactured Housing Community - Non-Traditional Ownership) (6208.NT).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FD1C676" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Modifications to Security Instrument (Manufactured Housing Community) (6307).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DB765EC" w14:textId="1EE8D52D" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>UCC</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t xml:space="preserve"> Financing Statements (UCC-1s) and Assignments of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>UCC</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t xml:space="preserve"> Financing Statements (UCC-3s) (or UCC-1s with UCC-1Ad Addendum) – with Schedule A to </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>UCC</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t xml:space="preserve"> Financing Statement (Manufactured Housing</w:t>
+      </w:r>
+      <w:r w:rsidR="00C82F99" w:rsidRPr="00302F6E">
+        <w:t xml:space="preserve"> Community</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>) (6434).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FCDEC66" w14:textId="5D80F814" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Opinion of Borrower’s Counsel on origination of Manufactured Housing Community Mortgage Loan [with Enforceability Opinion] (64</w:t>
+      </w:r>
+      <w:r w:rsidR="00553E66" w:rsidRPr="00302F6E">
+        <w:t>01.MHC</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69F2BA7A" w14:textId="698ABD2D" w:rsidR="009E28F5" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>For use when a Seasonal Working Capital Reserve is required</w:t>
+      </w:r>
+      <w:r w:rsidR="001400CA">
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t xml:space="preserve"> Seasonal Working Capital Reserve Fund and Security Agreement (Manufactured Housing Community) (6433).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0645D5C0" w14:textId="08F6CD4D" w:rsidR="000A3874" w:rsidRPr="000A3874" w:rsidRDefault="000A3874" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Annual Loan Agreement Certification (Borrower – Tenant Site Lease Protections) (6620.Borrower.TSLP)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FE8C7B8" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+      <w:bookmarkStart w:id="92" w:name="_Ref99707911"/>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Maryland IDOT Mortgage Loans.</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="87"/>
       <w:bookmarkEnd w:id="88"/>
       <w:bookmarkEnd w:id="89"/>
-      <w:bookmarkEnd w:id="90"/>
-[...164 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="91"/>
       <w:bookmarkEnd w:id="92"/>
-      <w:bookmarkEnd w:id="93"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="404298D0" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    </w:p>
+    <w:p w14:paraId="404298D0" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="240"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[CONTACT FANNIE MAE FOR INFORMATION]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55ED3B87" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="55ED3B87" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-[...2 lines deleted...]
-      <w:bookmarkStart w:id="102" w:name="_Ref47610724"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+      <w:bookmarkStart w:id="93" w:name="_Toc47355170"/>
+      <w:bookmarkStart w:id="94" w:name="_Ref47610716"/>
+      <w:bookmarkStart w:id="95" w:name="_Ref47610724"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Master Leases.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="100"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="09118D54" w14:textId="19076A71" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+      <w:bookmarkEnd w:id="93"/>
+      <w:bookmarkEnd w:id="94"/>
+      <w:bookmarkEnd w:id="95"/>
+    </w:p>
+    <w:p w14:paraId="09118D54" w14:textId="19076A71" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="240"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidR="006F3188" w:rsidRPr="00302F6E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">DRAFTING </w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">NOTE: If Borrower is a Delaware Statutory Trust, use the Delaware Statutory Trust documents set forth in Section </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00302F6E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>III.H</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00302F6E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0167767C" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="0167767C" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>In lieu of the Loan Agreement specified in Section I above, use Multifamily Loan and Security Agreement (Non-Recourse) (Master Lease) (6001.NR.ML) (the “</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Master Lease Loan Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:t>”).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7939118A" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
-[...1 lines deleted...]
-        <w:pStyle w:val="Heading3"/>
+    <w:p w14:paraId="7939118A" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>In lieu of a Schedule 1 identified in Section II above, use one of the following, as applicable:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D62D891" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Schedule 1 to Multifamily Loan and Security Agreement – Definitions Schedule (Interest Rate Type – Fixed Rate) (Master Lease) (6101.FR.ML).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="741AF43C" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Schedule 1 to Multifamily Loan and Security Agreement – Definitions Schedule (Interest Rate Type – ARM 5/5 (SOFR)) (Master Lease) (6101.ARM.ML 5/5 (SOFR)).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49189F87" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:lastRenderedPageBreak/>
-        <w:t>In lieu of a Schedule 1 identified in Section II above, use one of the following, as applicable:</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1D62D891" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+        <w:t>Schedule 1 to Multifamily Loan and Security Agreement – Definitions Schedule (Interest Rate Type – ARM 7/6 (SOFR)) (Master Lease) (6101.ARM.ML 7/6 (SOFR)).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50ACD017" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
-        <w:t>Schedule 1 to Multifamily Loan and Security Agreement – Definitions Schedule (Interest Rate Type – Fixed Rate) (Master Lease) (6101.FR.ML).</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="741AF43C" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+        <w:t>Schedule 1 to Multifamily Loan and Security Agreement – Definitions Schedule (Interest Rate Type – Structured ARM (SOFR)) (Master Lease) (6101.SARM.ML (SOFR)).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10B7D83A" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>In lieu of a Schedule 2 identified in Section II above, use one of the following, as applicable:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77EEE2B0" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
-        <w:t>Schedule 1 to Multifamily Loan and Security Agreement – Definitions Schedule (Interest Rate Type – ARM 5/5 (</w:t>
-[...18 lines deleted...]
-    <w:p w14:paraId="49189F87" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+        <w:t>Schedule 2 to Multifamily Loan and Security Agreement – Summary of Loan Terms (Interest Rate Type – Fixed Rate) (Master Lease) (6102.FR. ML).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="227B6DEE" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
-        <w:t>Schedule 1 to Multifamily Loan and Security Agreement – Definitions Schedule (Interest Rate Type – ARM 7/6 (</w:t>
-[...18 lines deleted...]
-    <w:p w14:paraId="50ACD017" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+        <w:t>Schedule 2 to Multifamily Loan and Security Agreement – Summary of Loan Terms (Interest Rate Type – ARM 5/5 (SOFR)) (Master Lease) (6102.ARM.ML 5/5 (SOFR)).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7434FDD4" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
-        <w:t>Schedule 1 to Multifamily Loan and Security Agreement – Definitions Schedule (Interest Rate Type – Structured ARM (</w:t>
-[...26 lines deleted...]
-    <w:p w14:paraId="77EEE2B0" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+        <w:t>Schedule 2 to Multifamily Loan and Security Agreement – Summary of Loan Terms (Interest Rate Type – ARM 7/6 (SOFR)) (Master Lease) (6102.ARM.ML 7/6 (SOFR)).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FFA9AF6" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
-        <w:t>Schedule 2 to Multifamily Loan and Security Agreement – Summary of Loan Terms (Interest Rate Type – Fixed Rate) (Master Lease) (6102.FR. ML).</w:t>
-[...83 lines deleted...]
-    <w:p w14:paraId="3C17AD67" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+        <w:t>Schedule 2 to Multifamily Loan and Security Agreement – Summary of Loan Terms (Interest Rate Type – Structured ARM (SOFR)) (Master Lease) (6102.SARM.ML (SOFR)).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C17AD67" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Schedules 3-9 to the Master Lease Loan Agreement are as otherwise required for the Loan Agreement (with Schedules 5-9 embedded in the Master Lease Loan Agreement).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="736420AE" w14:textId="1C447E29" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="736420AE" w14:textId="1C447E29" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Modifications to Security Instrument (Master Lease</w:t>
       </w:r>
       <w:r w:rsidR="00C82F99" w:rsidRPr="00302F6E">
         <w:t xml:space="preserve"> Transactions</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:t>) (6317.ML).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6346B25D" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="6346B25D" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Choose only the applicable one:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A357D11" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="2A357D11" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Assignment of Management Agreement (6405), for use when the Management Agreement is between the property manager and Borrower.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="610BC280" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="610BC280" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
+        <w:t>Assignment of Management Agreement (Master Lease) (6405.ML), for use with non-Sharia Master Lease structures when the Management Agreement is between the property manager and Master Lessee.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B3193BA" w14:textId="7341ACD5" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Assignment of Management Agreement (Master Lease) (Alternate) (6405.ML.ALT), for use with Sharia Master Lease structures when the Management Agreement is between the property manager and Master Lessee.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57FCF746" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
         <w:lastRenderedPageBreak/>
-        <w:t>Assignment of Management Agreement (Master Lease) (6405.ML), for use with non-Sharia Master Lease structures when the Management Agreement is between the property manager and Master Lessee.</w:t>
-[...17 lines deleted...]
-      <w:r w:rsidRPr="00302F6E">
         <w:t>Choose only the applicable one:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EA714D2" w14:textId="399F98DF" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="1EA714D2" w14:textId="399F98DF" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t xml:space="preserve">Subordination, Assignment and Security Agreement (Master Lease) (6446.ML), for use with non-Sharia and non-HTC Master Lease structures, or with 1031 </w:t>
       </w:r>
       <w:r w:rsidR="008811FD">
         <w:t xml:space="preserve">reverse </w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:t>exchange transactions where a master lease is in place.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AD66E58" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="0AD66E58" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Tenant/Landlord Subordination and Assignment Agreement (Master Lease) (6468.ML), for use with Sharia or HTC Master Lease structures.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F53E655" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="5F53E655" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t>UCC</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t xml:space="preserve"> Financing Statements (UCC-1s) and Assignments of </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t>UCC</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t xml:space="preserve"> Financing Statements (UCC-3s) (or UCC-1s with UCC-1Ad Addendum) – with Schedule A to </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t>UCC</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t xml:space="preserve"> Financing Statement (Borrower) (Master Lease) (6449.ML.Borrower).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30B825D8" w14:textId="0FB54CFA" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="30B825D8" w14:textId="0FB54CFA" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t>UCC</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t xml:space="preserve"> Financing Statements (UCC-1s) and Assignments of </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t>UCC</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t xml:space="preserve"> Financing Statements (UCC-3s) (or UCC-1s with UCC-1Ad Addendum) – with Schedule A to </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t>UCC</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t xml:space="preserve"> Financing Statement (Master Tenant) (Master Lease) (6449.ML.Master Tenant).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23909694" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="23909694" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Master Lessee Estoppel Certificate (6469.ML).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CED6DB3" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="7CED6DB3" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Master Lease Review Checklist (6480) (formerly Form 4201).  (Do not deliver checklist with loan documents; retain in servicing file.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B96663C" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="3B96663C" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-[...2 lines deleted...]
-      <w:bookmarkStart w:id="105" w:name="_Ref47611093"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+      <w:bookmarkStart w:id="96" w:name="_Toc47355171"/>
+      <w:bookmarkStart w:id="97" w:name="_Ref47611087"/>
+      <w:bookmarkStart w:id="98" w:name="_Ref47611093"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Mezzanine Loan Financing.</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="96"/>
+      <w:bookmarkEnd w:id="97"/>
+      <w:bookmarkEnd w:id="98"/>
+    </w:p>
+    <w:p w14:paraId="13DCEF88" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Modifications to Multifamily Loan and Security Agreement – Addenda to Schedule 2 – Summary of Loan Terms (Mezzanine Financing) (6102.10).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DDDDED1" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Modifications to Multifamily Loan and Security Agreement (Mezzanine Financing) (6209).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63B9CA6C" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Mezzanine Lender Certification (Mezz) (6439).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69976A8C" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>The following Loan Documents shall be used as and when required:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70DF6A7A" w14:textId="79CC6260" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Completion Guaranty (Mezzanine) (6437) (to be used if (i) a Mortgage Loan with DLA Mezz Mezzanine Financing that finances Repositioning Rehabilitation and Fannie Mae requires a completion guaranty, or (ii) a Mortgage Loan with DUS Plus Mezzanine Financing that finances rehabilitation and the DUS Lender requires a completion guaranty).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4604C08F" w14:textId="561336EF" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>CI Mezz Acknowledgment and Waiver [Mortgage Loan with Loss Sharing] (Mezzanine Financing) (6438) (CI Mezz only, and only if Lender retains loss sharing).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F5BF9B4" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:lastRenderedPageBreak/>
+        <w:t>Intercreditor Agreement (6440) (DLA Mezz Mezzanine Financing only) (contact the Fannie Mae Deal Team for the form of Intercreditor Agreement).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46873A5E" w14:textId="62A76EC5" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Cash Management and Security Agreement (if applicable).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CD70908" w14:textId="4C515D0C" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Deposit Account Control Agreement (if applicable).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70824C6C" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+      <w:bookmarkStart w:id="99" w:name="_Toc47355172"/>
+      <w:bookmarkStart w:id="100" w:name="_Ref47611105"/>
+      <w:bookmarkStart w:id="101" w:name="_Ref47611111"/>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t xml:space="preserve">New York </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>CEMA</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t xml:space="preserve"> Loans.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="99"/>
+      <w:bookmarkEnd w:id="100"/>
+      <w:bookmarkEnd w:id="101"/>
+    </w:p>
+    <w:p w14:paraId="51BAC73D" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>For New York State properties, where Lender has agreed to consolidate an existing loan on the Property with the Mortgage Loan:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="057A60AE" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Gap Note (based on 6010).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42DBADCE" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Modifications to Multifamily Loan and Security Agreement (New York Gap Note Modifications) (6234).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00A79354" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Gap Mortgage (based on 6025.NY).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37CBA8AD" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Consolidation, Extension and Modification Agreement (6025.NY.CEMA) in addition to the 6025.NY form.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B12C04E" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>If a New York Gap Note is necessary, in addition to the Summary of Loan Terms identified in Section II above, use one of the following, as applicable:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39682BE8" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Modifications to Multifamily Loan and Security Agreement – Addenda to Schedule 2 – Summary of Loan Terms (New York Gap Note Modifications) (Interest Rate Type – Fixed Rate) (6102.19.FR).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C692644" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Modifications to Multifamily Loan and Security Agreement – Addenda to Schedule 2 – Summary of Loan Terms (New York Gap Note Modifications) (Interest Rate Type – ARM (SOFR)) (6102.19.ARM (SOFR)).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18EDE761" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Modifications to Multifamily Loan and Security Agreement – Addenda to Schedule 2 – Summary of Loan Terms (New York Gap Note Modifications) (Interest Rate Type – Hybrid ARM (SOFR)) (6102.19.HYARM (SOFR)).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79D244A2" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Modifications to Multifamily Loan and Security Agreement – Addenda to Schedule 2 – Summary of Loan Terms (New York Gap Note Modifications) (Interest Rate Type – Structured ARM (SOFR)) (6102.19.SARM (SOFR)).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="129FF73C" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+      <w:bookmarkStart w:id="102" w:name="_Toc47355173"/>
+      <w:bookmarkStart w:id="103" w:name="_Ref47611125"/>
+      <w:bookmarkStart w:id="104" w:name="_Ref47611131"/>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Phased Properties.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="102"/>
       <w:bookmarkEnd w:id="103"/>
       <w:bookmarkEnd w:id="104"/>
+    </w:p>
+    <w:p w14:paraId="1DDC805B" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Modifications to Multifamily Loan and Security Agreement (Phased Properties – Future Cross) (6247).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F34E872" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:lastRenderedPageBreak/>
+        <w:t>Modifications to Multifamily Loan and Security Agreement (Phased Properties – Full Cross) (6248).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BC61889" w14:textId="4104473F" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Modifications to Multifamily Loan and Security Agreement (Phased Properties – One Way Cross) (6249).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19A7FF50" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Modifications to Multifamily Loan and Security Agreement (Phased Properties – First and Last Right) (6250).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CFA54BC" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Modifications to Security Instrument (Phased Properties – Full Cross) (6319).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A91A4BD" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+      <w:bookmarkStart w:id="105" w:name="_Toc47355174"/>
+      <w:bookmarkStart w:id="106" w:name="_Ref47611142"/>
+      <w:bookmarkStart w:id="107" w:name="_Ref47611149"/>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Preferred Equity.</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="105"/>
-    </w:p>
-[...108 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="106"/>
       <w:bookmarkEnd w:id="107"/>
+    </w:p>
+    <w:p w14:paraId="509C7E44" w14:textId="4B1DD286" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Modifications to Multifamily Loan and Security Agreement – Addenda to Schedule 2 – Summary of Loan Terms (Preferred Equity T</w:t>
+      </w:r>
+      <w:r w:rsidR="002B587E">
+        <w:t>erms) (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>6102.2</w:t>
+      </w:r>
+      <w:r w:rsidR="009A4D72">
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EA4D245" w14:textId="1DCBE00C" w:rsidR="009E28F5" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Modifications to Multifamily Loan and Security Agreement (Preferred Equity T</w:t>
+      </w:r>
+      <w:r w:rsidR="009A4D72">
+        <w:t>erms</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>) (62</w:t>
+      </w:r>
+      <w:r w:rsidR="009A4D72">
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>3).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="077A2580" w14:textId="2413AA5E" w:rsidR="002B587E" w:rsidRPr="002B587E" w:rsidRDefault="002B587E" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Preferred Equity Checklist (6441).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37DF4863" w14:textId="77777777" w:rsidR="001149B9" w:rsidRPr="00302F6E" w:rsidRDefault="001149B9" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+      <w:bookmarkStart w:id="108" w:name="_Ref112332613"/>
+      <w:bookmarkStart w:id="109" w:name="_Toc47355175"/>
+      <w:bookmarkStart w:id="110" w:name="_Ref47611156"/>
+      <w:bookmarkStart w:id="111" w:name="_Ref47611162"/>
+      <w:bookmarkStart w:id="112" w:name="_Ref64035024"/>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Puerto Rico Properties.</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="108"/>
     </w:p>
-    <w:p w14:paraId="51BAC73D" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
-[...54 lines deleted...]
-    <w:p w14:paraId="39682BE8" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="0BE8DBA1" w14:textId="77777777" w:rsidR="001149B9" w:rsidRPr="00302F6E" w:rsidRDefault="001149B9" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>To be delivered with any Fixed Rate Mortgage Loan for Puerto Rico:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F3E64E9" w14:textId="59C2A636" w:rsidR="001149B9" w:rsidRPr="00302F6E" w:rsidRDefault="001149B9" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-        <w:rPr>
-[...7 lines deleted...]
-    <w:p w14:paraId="6C692644" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Mortgage Note (Puerto Rico – Fixed Rate) (6010.PR)</w:t>
+      </w:r>
+      <w:r w:rsidR="005D33B5" w:rsidRPr="00302F6E">
+        <w:t xml:space="preserve"> (in addition to 6010)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17B22C0B" w14:textId="77777777" w:rsidR="001149B9" w:rsidRPr="00302F6E" w:rsidRDefault="001149B9" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-        <w:rPr>
-[...5 lines deleted...]
-      </w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Multifamily Pledge, Assignment of Leases and Rents, Security Agreement, and Fixture Filing (Puerto Rico) (6025.PR1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29505CF7" w14:textId="77777777" w:rsidR="001149B9" w:rsidRPr="00302F6E" w:rsidRDefault="001149B9" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Deed of Constitution of Mortgage (Puerto Rico) (Fixed Rate) (6025.PR2)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B0B47B3" w14:textId="304F5DAB" w:rsidR="001149B9" w:rsidRPr="00302F6E" w:rsidRDefault="001149B9" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Modifications to Multifamily Loan and Security Agreement (Puerto Rico Modifications) (6242.PR)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EC4253A" w14:textId="3EE6CC07" w:rsidR="005D33B5" w:rsidRPr="00302F6E" w:rsidRDefault="005D33B5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Opinion(s) of Borrower’s Counsel on Origination of Mortgage Loan [with Enforceability Opinion] (Puerto Rico) (6401.PR) (in lieu of 6401)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4ACA5AF2" w14:textId="4083AEDA" w:rsidR="001149B9" w:rsidRPr="00302F6E" w:rsidRDefault="001149B9" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Assignment of Collateral Agreements and Other Loan Documents (Puerto Rico) (6402.PR)</w:t>
+      </w:r>
+      <w:r w:rsidR="005D33B5" w:rsidRPr="00302F6E">
+        <w:t xml:space="preserve"> (in lieu of 6402)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="500FC33D" w14:textId="440EB569" w:rsidR="001149B9" w:rsidRPr="00302F6E" w:rsidRDefault="001149B9" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00302F6E">
-        <w:t>SOFR</w:t>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>UCC</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00302F6E">
-        <w:t>)) (6102.19.ARM (</w:t>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Financing Statements (UCC-1s) and Assignments of </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00302F6E">
-        <w:t>SOFR</w:t>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>UCC</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00302F6E">
-        <w:t>)).</w:t>
-[...10 lines deleted...]
-        <w:t>Modifications to Multifamily Loan and Security Agreement – Addenda to Schedule 2 – Summary of Loan Terms (New York Gap Note Modifications) (Interest Rate Type – Hybrid ARM (</w:t>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Financing Statements (UCC-3s) (or UCC-1s with UCC-1Ad Addendum) – with Schedule A to </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00302F6E">
-        <w:t>SOFR</w:t>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>UCC</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00302F6E">
-        <w:t>)) (6102.19.HYARM (</w:t>
-[...37 lines deleted...]
-    <w:p w14:paraId="129FF73C" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Financing Statement (Borrower) (Puerto Rico) (6421.PR)</w:t>
+      </w:r>
+      <w:r w:rsidR="005D33B5" w:rsidRPr="00302F6E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (in lieu of 6421)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07C1E663" w14:textId="77777777" w:rsidR="001149B9" w:rsidRPr="00302F6E" w:rsidRDefault="001149B9" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Contact the Fannie Mae Deal Team for Variable Mortgage Loans for Puerto Rico.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34235332" w14:textId="03DBA1D6" w:rsidR="009E28F5" w:rsidRPr="00945D6A" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-[...2 lines deleted...]
-      <w:bookmarkStart w:id="111" w:name="_Ref47611131"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+        </w:tabs>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="113" w:name="_Ref129874328"/>
+      <w:bookmarkStart w:id="114" w:name="_Ref124843824"/>
       <w:r w:rsidRPr="00302F6E">
         <w:lastRenderedPageBreak/>
-        <w:t>Phased Properties.</w:t>
+        <w:t>Quarterly Financial Reporting Waiver</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="113"/>
+      <w:r w:rsidRPr="00945D6A">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Mortgage Loans</w:t>
+      </w:r>
+      <w:r w:rsidR="00A93C96" w:rsidRPr="00945D6A">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with an original principal balance </w:t>
+      </w:r>
+      <w:r w:rsidR="00662BEF" w:rsidRPr="00945D6A">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>of $</w:t>
+      </w:r>
+      <w:r w:rsidR="00D16C01" w:rsidRPr="00945D6A">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="00662BEF" w:rsidRPr="00945D6A">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">,000,000 or </w:t>
+      </w:r>
+      <w:r w:rsidR="00A93C96" w:rsidRPr="00945D6A">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>less</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00945D6A">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>).</w:t>
       </w:r>
       <w:bookmarkEnd w:id="109"/>
       <w:bookmarkEnd w:id="110"/>
       <w:bookmarkEnd w:id="111"/>
-    </w:p>
-[...40 lines deleted...]
-    <w:p w14:paraId="0A91A4BD" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+      <w:bookmarkEnd w:id="112"/>
+      <w:bookmarkEnd w:id="114"/>
+    </w:p>
+    <w:p w14:paraId="4A3B6C7F" w14:textId="1B4EF807" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Modifications to Multifamily Loan and Security Agreement (Quarterly </w:t>
+      </w:r>
+      <w:r w:rsidR="002F096E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Operating </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00302F6E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Statement</w:t>
+      </w:r>
+      <w:r w:rsidR="0008125C" w:rsidRPr="00302F6E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="002F096E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00302F6E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>– Exemption) (6214).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64BE1AFA" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-[...68 lines deleted...]
-        <w:t>Puerto Rico Properties.</w:t>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+      <w:bookmarkStart w:id="115" w:name="_Toc47355176"/>
+      <w:bookmarkStart w:id="116" w:name="_Ref47611172"/>
+      <w:bookmarkStart w:id="117" w:name="_Ref47611177"/>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Recourse Mortgage Loans.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="115"/>
-    </w:p>
-[...184 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="116"/>
       <w:bookmarkEnd w:id="117"/>
+    </w:p>
+    <w:p w14:paraId="6C1DD6AA" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>In lieu of the Loan Agreement specified in Section I above, use Multifamily Loan and Security Agreement (Recourse) (6001.R).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FC11C89" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+      <w:bookmarkStart w:id="118" w:name="_Toc47355177"/>
+      <w:bookmarkStart w:id="119" w:name="_Ref47611185"/>
+      <w:bookmarkStart w:id="120" w:name="_Ref47611193"/>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Refinance Mortgage Loans.</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="118"/>
       <w:bookmarkEnd w:id="119"/>
+      <w:bookmarkEnd w:id="120"/>
+    </w:p>
+    <w:p w14:paraId="3E709973" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>To be delivered with the Refinance Mortgage Loan:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00BB96EA" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Modifications to Multifamily Loan and Security Agreement (First Lien – Permitted Subordinate Debt with Cross Default) (6212).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37994315" w14:textId="12D25677" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Modifications to Security Instrument (First Lien – Permitted Subordinate Debt with Cross-Default) (6314).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DAF5FB0" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Contact the Fannie Mae Deal Team for Mortgage Loans executed in connection with Refi Plus.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BF6A6D3" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+      <w:bookmarkStart w:id="121" w:name="_Toc47355178"/>
+      <w:bookmarkStart w:id="122" w:name="_Ref47611206"/>
+      <w:bookmarkStart w:id="123" w:name="_Ref47611212"/>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Seniors Housing.</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="121"/>
-    </w:p>
-    <w:p w14:paraId="4A3B6C7F" w14:textId="1B4EF807" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+      <w:bookmarkEnd w:id="122"/>
+      <w:bookmarkEnd w:id="123"/>
+    </w:p>
+    <w:p w14:paraId="606AB5DB" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>In lieu of the Loan Agreement specified in Section I above, use Multifamily Loan and Security Agreement (Non-Recourse) (Seniors Housing) (6001.NR.SRS) (the “</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00302F6E">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Seniors Loan Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>”).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78CF7E27" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>In lieu of a Schedule 1 identified in Section II above, use one of the following, as applicable:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B279813" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Schedule 1 to Multifamily Loan and Security Agreement – Definitions Schedule (Interest Rate Type – Fixed Rate) (Seniors Housing) (6101.FR.SRS).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4901FF1F" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Schedule 1 to Multifamily Loan and Security Agreement – Definitions Schedule (Interest Rate Type – ARM 5/5 (SOFR)) (Seniors Housing) (6101.ARM.SRS 5/5 (SOFR)).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CA52984" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Schedule 1 to Multifamily Loan and Security Agreement – Definitions Schedule (Interest Rate Type – ARM 7/6 (SOFR)) (Seniors Housing) (6101.ARM.SRS 7/6 (SOFR)).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1736A451" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Schedule 1 to Multifamily Loan and Security Agreement – Definitions Schedule (Interest Rate Type – Structured ARM (SOFR)) (Seniors Housing) (6101.SARM.SRS (SOFR)).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="264A788A" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:lastRenderedPageBreak/>
+        <w:t>In lieu of a Schedule 2 identified in Section II above, use one of the following, as applicable:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11FF1A0E" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Schedule 2 to Multifamily Loan and Security Agreement – Summary of Loan Terms (Interest Rate Type – Fixed Rate) (Seniors Housing) (6102.FR.SRS).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02974F5A" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Schedule 2 to Multifamily Loan and Security Agreement – Summary of Loan Terms (Interest Rate Type – ARM 5/5 (SOFR)) (Seniors Housing) (6102.ARM.SRS 5/5 (SOFR)).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01CBCF05" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Schedule 2 to Multifamily Loan and Security Agreement – Summary of Loan Terms (Interest Rate Type – ARM 7/6 (SOFR)) (Seniors Housing) (6102.ARM.SRS 7/6 (SOFR)).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02D1A374" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Schedule 2 to Multifamily Loan and Security Agreement – Summary of Loan Terms (Interest Rate Type – Structured ARM (SOFR)) (Seniors Housing) (6102.SARM.SRS (SOFR)).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F7838D5" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Schedules 3-8 to the Seniors Loan Agreement are as otherwise required for the Loan Agreement (with Schedules 5-8 embedded in the Seniors Loan Agreement).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02290F3A" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Choose only the applicable one:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C39D824" w14:textId="0FB0D610" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t xml:space="preserve">For Affiliated </w:t>
+      </w:r>
+      <w:r w:rsidR="00E44600" w:rsidRPr="00302F6E">
+        <w:t>Property Operators</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5225E680" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="2880" w:hanging="720"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(i)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00302F6E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Modifications to Security Instrument (Seniors Housing) (6310.SRS.AFF).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13088C01" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="2880" w:hanging="720"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(ii)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00302F6E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>For Skilled Nursing properties, Modifications to Security Instrument (Seniors Housing – Skilled Nursing) (6310.SRS.SN.AFF).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49EFAB20" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>For Unaffiliated Master Lessees:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A84BD46" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="2880" w:hanging="720"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(i)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00302F6E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Modifications to Security Instrument (Seniors Housing) (6310.SRS).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="215DE752" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="2880" w:hanging="720"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(ii)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00302F6E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>For Skilled Nursing properties, Modifications to Security Instrument (Seniors Housing – Skilled Nursing) (6310.SRS.SN).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A7FF3CE" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="124" w:name="_DV_C70"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>UCC</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t xml:space="preserve"> Financing Statements (UCC-1s) and Assignments of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>UCC</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t xml:space="preserve"> Financing Statements (UCC-3s) (or UCC-1s with UCC-1Ad Addendum) – with Schedule A to </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>UCC</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t xml:space="preserve"> Financing Statement (Borrower) (Seniors Housing) (6449.SRS.Borrower).</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="124"/>
+    </w:p>
+    <w:p w14:paraId="09B8F676" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00302F6E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>UCC</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00302F6E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Financing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00302F6E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Statements (UCC-1s) and Assignments of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00302F6E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>UCC</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00302F6E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Financing Statements (UCC-3s) (or UCC-1s with UCC-1Ad Addendum) – with Schedule A </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00302F6E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">to </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00302F6E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>UCC</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00302F6E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Financing Statement (Property Operator) (Seniors Housing) (6449.SRS.Operator).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17D3D16E" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Opinion of [Property Operator’s] [Borrower’s] Counsel on Origination of Mortgage Loan (Seniors Housing) (6450.SRS).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34162428" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>In connection with any Master Lease or Operating Lease:  Operating Lease Estoppel Certificate (Seniors Housing) (6470.SRS).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5075D90A" w14:textId="13EB70D5" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>For Unaffiliated Master Lessees, Subordination, Non-Disturbance and Attornment Agreement and Assignment of Leases and Rents (Operating Lease) (6483.SRS).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54142B8C" w14:textId="6FA2362D" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>For Unaffiliated Property Managers, Assignment of Management Agreement (Seniors Housing</w:t>
+      </w:r>
+      <w:r w:rsidR="006F3188" w:rsidRPr="00302F6E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – Unaffiliated Property Manager</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00302F6E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) (6484.SRS).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24D78EAD" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Collateral Assignment of Contracts (Seniors Housing) (6485.SRS).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C893D23" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>If a license is required to operate the Mortgaged Property as the designated Seniors Housing Facility, Collateral Assignment of Licenses (Seniors Housing) (6486.SRS).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37FB740E" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The following Loan Documents shall be used as and when required:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A01F2B" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>If a reserve is required for entrance fees at the Mortgaged Property:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DD8858B" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="2880" w:hanging="720"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(i)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00302F6E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Modifications to Multifamily Loan and Security Agreement (Seniors Housing – Entrance Fees) (6224.SRS).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="068805EF" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="2880" w:hanging="720"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(ii)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00302F6E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Modifications to Multifamily Loan and Security Agreement – Addenda to Schedule 2 – Summary of Loan Terms (Seniors Housing – Entrance Fees) (6102.15.SRS).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B584C89" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t xml:space="preserve">For Skilled Nursing properties: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="757CEBC6" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="2880" w:hanging="720"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(i)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00302F6E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Modifications to Multifamily Loan and Security Agreement (Seniors Housing – Skilled Nursing) (6230.SRS.SN).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="546DFA1F" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="2880" w:hanging="720"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(ii)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00302F6E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Modifications to Multifamily Loan and Security Agreement – Addenda to Schedule 2 – Summary of Loan Terms (Seniors Housing – Skilled Nursing) (6102.16.SRS.SN).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A216662" w14:textId="015AB556" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>If a transition reserve is required for Medicaid or other government receivables:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E617F64" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="2160"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Choose only the applicable one:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D60E53C" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="2880" w:hanging="720"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(i)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00302F6E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Modifications to Multifamily Loan and Security Agreement (Seniors Housing - Medicaid Transition Reserve) (6237.SRS).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19471AB2" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="2880" w:hanging="720"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>(ii)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00302F6E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>For Skilled Nursing properties, Modifications to Multifamily Loan and Security Agreement (Seniors Housing – Government Receivables Transition Reserve) (6237.SRS.SN).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57D7E7B8" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="2880" w:hanging="720"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Choose only the applicable one:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10E15B82" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="2880" w:hanging="720"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(iii)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00302F6E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Modifications to Multifamily Loan and Security Agreement – Addenda to Schedule 2 – Summary of Loan Terms (Medicaid Transition Reserve) (6102.21.SRS).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30803FA7" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="2880" w:hanging="720"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(iv)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00302F6E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>For Skilled Nursing properties, Modifications to Multifamily Loan and Security Agreement – Addenda to Schedule 2 – Summary of Loan Terms (Government Receivables Transition Reserve) (6102.21.SRS.SN).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4316B0B3" w14:textId="0D4E0EC6" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t xml:space="preserve">Modifications to Multifamily Loan and Security Agreement (Post-Closing </w:t>
+      </w:r>
+      <w:r w:rsidR="00165812" w:rsidRPr="00302F6E">
+        <w:t xml:space="preserve">License </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Transfer) (6239.SRS).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5885A45C" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Choose only the applicable one:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19FF3564" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="2880" w:hanging="720"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(i)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00302F6E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Government Receivables Depositary Agreement (Seniors Housing) (6447.SRS).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EAFFA3E" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="2880" w:hanging="720"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(ii)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00302F6E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>For Skilled Nursing properties, Government Receivables Depositary Agreement (Seniors Housing – Skilled Nursing) (6447.SRS.SN).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70201036" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Choose only the applicable one:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="191AD2D8" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="2880" w:hanging="720"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(i)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00302F6E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Government Receivables Collection Account Agreement (Seniors Housing) (6471.SRS).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35175940" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="2880" w:hanging="720"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(ii)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00302F6E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>For Skilled Nursing properties, Government Receivables Collection Account Agreement (Seniors Housing – Skilled Nursing) (6471.SRS.SN).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BC7A93E" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Choose only the applicable one:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15B483D2" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="2880" w:hanging="720"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(i)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00302F6E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Amendment to Multifamily Loan and Security Agreement (Medicaid Transition Reserve) [For use with 6000 Series Documents] (6630.SRS) (post-closing).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4931D007" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="2880" w:hanging="720"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(ii)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00302F6E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>For Skilled Nursing properties, Amendment to Multifamily Loan and Security Agreement (Government Receivables Transition Reserve) [For use with 6000 Series Documents] (6630.SRS.SN) (post-closing).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="170673FD" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:lastRenderedPageBreak/>
+        <w:t>Amendment to Multifamily Loan and Security Agreement (Post-Closing License Transfer) [For use with 6000 Series Documents] (6631.SRS) (post-closing).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D9C6369" w14:textId="47653206" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Seniors Checklist (6487.SRS) (do not deliver checklist with loan documents; retain in servicing file).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="207482DA" w14:textId="7B99A4DC" w:rsidR="00386BD1" w:rsidRPr="00302F6E" w:rsidRDefault="00386BD1" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+      <w:bookmarkStart w:id="125" w:name="_Ref146879761"/>
+      <w:bookmarkStart w:id="126" w:name="_Hlk146879336"/>
+      <w:bookmarkStart w:id="127" w:name="_Ref64034841"/>
+      <w:bookmarkStart w:id="128" w:name="_Ref63877675"/>
+      <w:bookmarkStart w:id="129" w:name="_Toc47355179"/>
+      <w:bookmarkStart w:id="130" w:name="_Ref47611226"/>
+      <w:bookmarkStart w:id="131" w:name="_Ref47611231"/>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Shared Use</w:t>
+      </w:r>
+      <w:r w:rsidR="006C597D" w:rsidRPr="00302F6E">
+        <w:t xml:space="preserve"> Properties</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="125"/>
+    </w:p>
+    <w:p w14:paraId="666F523D" w14:textId="1AF00829" w:rsidR="00386BD1" w:rsidRPr="00302F6E" w:rsidRDefault="00386BD1" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Modifications to Multifamily Loan and Security Agreement (Shared Use of Essential Elements) (6276)</w:t>
+      </w:r>
+      <w:r w:rsidR="00852D95" w:rsidRPr="00302F6E">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57B2DC01" w14:textId="0575C9E4" w:rsidR="00386BD1" w:rsidRPr="00302F6E" w:rsidRDefault="00386BD1" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Modifications to Security Agreement (Joinder and Consent (Affiliate-Owned Common Elements)) (6324)</w:t>
+      </w:r>
+      <w:r w:rsidR="00852D95" w:rsidRPr="00302F6E">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="239E9D52" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+      <w:bookmarkStart w:id="132" w:name="_Ref146879964"/>
+      <w:bookmarkEnd w:id="126"/>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Solar Photovoltaic – Existing System (Non-Green Rewards Mortgage Loan).</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="127"/>
+      <w:bookmarkEnd w:id="132"/>
+    </w:p>
+    <w:p w14:paraId="1706151A" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:left="720"/>
-        <w:rPr>
-[...40 lines deleted...]
-    <w:p w14:paraId="64BE1AFA" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Modifications to Multifamily Loan and Security Agreement (Mortgage Loan with Installed Solar Photovoltaic System) (6270).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="543EF79B" w14:textId="1461F114" w:rsidR="002F63FD" w:rsidRPr="00302F6E" w:rsidRDefault="002F63FD" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-[...10 lines deleted...]
-    <w:p w14:paraId="6C1DD6AA" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+      <w:bookmarkStart w:id="133" w:name="_Ref146626380"/>
+      <w:bookmarkStart w:id="134" w:name="_Ref65242179"/>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Sponsor-Dedicated Workforce Housing.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="133"/>
+    </w:p>
+    <w:p w14:paraId="0C6A53E7" w14:textId="0402AFA1" w:rsidR="002F63FD" w:rsidRPr="00302F6E" w:rsidRDefault="002F63FD" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Modifications to Multifamily Loan and Security Agreement (Sponsor-Dedicated Workforce Housing</w:t>
+      </w:r>
+      <w:r w:rsidR="008F29D9">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t xml:space="preserve"> (6271.SDW).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71BDC20C" w14:textId="6E5EB443" w:rsidR="002F63FD" w:rsidRPr="00302F6E" w:rsidRDefault="002F63FD" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Modifications to Security Instrument (Sponsor-Dedicated Workforce Housing) (6325)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="392DEB01" w14:textId="77777777" w:rsidR="002F63FD" w:rsidRPr="00302F6E" w:rsidRDefault="002F63FD" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Supplemental Annual Loan Agreement Certification (Sponsor-Dedicated Workforce Housing) (6620.Supplemental.SDW)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F6456C4" w14:textId="1F532855" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Sponsor-Initiated Affordability Restrictions.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="128"/>
+      <w:bookmarkEnd w:id="134"/>
+    </w:p>
+    <w:p w14:paraId="65428313" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Modifications to Multifamily Loan and Security Agreement (Sponsor-Initiated Affordability Restrictions) (6271).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43AB5B46" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Sponsor-Initiated Affordability Agreement (6490).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FD9716F" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+      <w:bookmarkStart w:id="135" w:name="_Ref63878076"/>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Streamlined Rate Lock Mortgage Loans.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="129"/>
+      <w:bookmarkEnd w:id="130"/>
+      <w:bookmarkEnd w:id="131"/>
+      <w:bookmarkEnd w:id="135"/>
+    </w:p>
+    <w:p w14:paraId="73E18377" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:left="720"/>
-        <w:rPr>
-[...10 lines deleted...]
-    <w:p w14:paraId="4FC11C89" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Streamlined Rate Lock Agreement (Preliminary Underwriting Completed Prior to Rate Lock) (6430).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D7D6BC3" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-[...1191 lines deleted...]
-        <w:t>Streamlined Rate Lock Mortgage Loans.</w:t>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+      <w:bookmarkStart w:id="136" w:name="_Toc47355180"/>
+      <w:bookmarkStart w:id="137" w:name="_Ref47611238"/>
+      <w:bookmarkStart w:id="138" w:name="_Ref47611242"/>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Supplemental Mortgage Loans.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="136"/>
       <w:bookmarkEnd w:id="137"/>
       <w:bookmarkEnd w:id="138"/>
+    </w:p>
+    <w:p w14:paraId="3F9BD14F" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Modifications to Multifamily Loan and Security Agreement – Addenda to Schedule 2 – Summary of Loan Terms (Supplemental Lien – Senior Loan Terms) (6102.09).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57B9A9C0" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:lastRenderedPageBreak/>
+        <w:t>Modifications to Multifamily Loan and Security Agreement (Supplemental Lien – Senior Loan Terms) (6211).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08B213BA" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Modifications to Security Instrument (Supplemental Lien – Senior Loan Terms) (6313).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32AB8C68" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>If the Supplemental Mortgage Loan is originated contemporaneously with a senior Mortgage Loan, the following Loan Documents shall be required for the senior Mortgage Loan:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A363058" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Modifications to Multifamily Loan and Security Agreement (First Lien – Permitted Subordinate Debt with Cross Default) (6212).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BE99383" w14:textId="103CE7A0" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Modifications to Security Instrument (First Lien – Permitted Subordinate Debt with Cross-Default) (6314).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1ACCBFAA" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+      <w:bookmarkStart w:id="139" w:name="_Toc47355181"/>
+      <w:bookmarkStart w:id="140" w:name="_Ref47611253"/>
+      <w:bookmarkStart w:id="141" w:name="_Ref47611259"/>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Tax Credit Properties.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="139"/>
+      <w:bookmarkEnd w:id="140"/>
+      <w:bookmarkEnd w:id="141"/>
+    </w:p>
+    <w:p w14:paraId="3BE1A3A4" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Choose only the applicable one:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A4F9DF9" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Modifications to Multifamily Loan and Security Agreement – Addenda to Schedule 2 – Summary of Loan Terms (Tax Credit Properties) (6102.03).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B6C39AA" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Modifications to Multifamily Loan and Security Agreement – Addenda to Schedule 2 – Summary of Loan Terms (Tax Credit Properties – No Equity Investor) (6102.03.ALT).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41ED114A" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Choose only the applicable one:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EBD1841" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Modifications to Multifamily Loan and Security Agreement (Tax Credit Properties) (6219).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77583D51" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Modifications to Multifamily Loan and Security Agreement (Tax Credit Properties – No Equity Investor) (6219.ALT).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F35461D" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Modifications to Security Instrument (Tax Credit Properties) (6315).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09CF796A" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>For use when the Mortgaged Property is encumbered by an agency regulatory agreement or recorded use restriction under which all or a portion of the residential units are restricted for occupancy by tenants with limited incomes and which restricts the rents that can be charged for those units:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="777197CB" w14:textId="7B37C105" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:rPr>
+          <w:snapToGrid/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Modifications to Multifamily Loan and Security Agreement – Addenda to Schedule 2 – Summary of Loan Terms (</w:t>
+      </w:r>
+      <w:r w:rsidR="00421C84" w:rsidRPr="00421C84">
+        <w:t>Agreement Restricting Rent, Income</w:t>
+      </w:r>
+      <w:r w:rsidR="001400CA">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00421C84" w:rsidRPr="00421C84">
+        <w:t xml:space="preserve"> or Both</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>) (6102.23).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BD9411A" w14:textId="3717312E" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Modifications to Multifamily Loan and Security Agreement (</w:t>
+      </w:r>
+      <w:r w:rsidR="00421C84" w:rsidRPr="00421C84">
+        <w:t>Agreement Restricting Rent, Income</w:t>
+      </w:r>
+      <w:r w:rsidR="001400CA">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00421C84" w:rsidRPr="00421C84">
+        <w:t xml:space="preserve"> or Both</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>) (6253)</w:t>
+      </w:r>
+      <w:r w:rsidR="00617216">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00617216">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>OR</w:t>
+      </w:r>
+      <w:r w:rsidR="00617216">
+        <w:t xml:space="preserve"> Modifications to Multifamily </w:t>
+      </w:r>
+      <w:r w:rsidR="00617216">
+        <w:lastRenderedPageBreak/>
+        <w:t>Loan and Security Agreement (Agreement Restricting Rent, Income, or Both) (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00617216">
+        <w:t>M.TEB</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00617216">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="002225BC">
+        <w:t xml:space="preserve"> (6253.M.TEB)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38A3741D" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="0"/>
+        </w:tabs>
+      </w:pPr>
+      <w:bookmarkStart w:id="142" w:name="_Toc47355182"/>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Miscellaneous Loan Documents.</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="142"/>
     </w:p>
-    <w:p w14:paraId="73E18377" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="71AA4510" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:spacing w:after="240"/>
-        <w:ind w:left="720"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="2D7D6BC3" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>In addition to the Loan Documents specified in Section I, the Loan Agreement Schedules required for the applicable Interest Rate Type in Section II, and any additional Loan Documents specified in Section III for Asset Classes, Special Product Features and Execution Types, the following Loan Documents are required as and when applicable:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C28706C" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:t>Supplemental Mortgage Loans.</w:t>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+      <w:bookmarkStart w:id="143" w:name="_Toc47355183"/>
+      <w:bookmarkStart w:id="144" w:name="_Ref47611278"/>
+      <w:bookmarkStart w:id="145" w:name="_Ref47611284"/>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Achievement Agreement.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="143"/>
       <w:bookmarkEnd w:id="144"/>
       <w:bookmarkEnd w:id="145"/>
     </w:p>
-    <w:p w14:paraId="3F9BD14F" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
-[...53 lines deleted...]
-    <w:p w14:paraId="1ACCBFAA" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="266DB195" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Achievement Agreement (6455).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59426C81" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Letter of Credit (with form of Sight Draft) (if applicable) (4663).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="644986B9" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Letter of Credit Delivery Certification form (if applicable) (4664).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73C25CB1" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Legal Opinion of Letter of Credit Issuer’s Counsel (if applicable) (4653).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="026AEB50" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:t>Tax Credit Properties.</w:t>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+      <w:bookmarkStart w:id="146" w:name="_Toc47355184"/>
+      <w:bookmarkStart w:id="147" w:name="_Ref47611333"/>
+      <w:bookmarkStart w:id="148" w:name="_Ref47611338"/>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Rehabilitation Reserves.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="146"/>
       <w:bookmarkEnd w:id="147"/>
       <w:bookmarkEnd w:id="148"/>
     </w:p>
-    <w:p w14:paraId="3BE1A3A4" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
-[...122 lines deleted...]
-      <w:r w:rsidR="00617216">
+    <w:p w14:paraId="5AD21D06" w14:textId="1DCDACFD" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Modifications to Multifamily Loan and Security Agreement – Addenda to Schedule 2 – Summary of Loan Terms (</w:t>
+      </w:r>
+      <w:r w:rsidR="00E76285" w:rsidRPr="00302F6E">
+        <w:t xml:space="preserve">Rehabilitation Reserve - </w:t>
+      </w:r>
+      <w:r w:rsidR="00165812" w:rsidRPr="00302F6E">
+        <w:t>[Moderate][Substantial]</w:t>
+      </w:r>
+      <w:r w:rsidR="002E4550" w:rsidRPr="00302F6E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00617216">
-[...14 lines deleted...]
-      <w:r w:rsidR="00617216">
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Rehabilitation) (6102.13).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49B05B87" w14:textId="22340CB3" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Modifications to Multifamily Loan and Security Agreement (Rehabilitation Reserve) (6222</w:t>
+      </w:r>
+      <w:r w:rsidR="004347B8">
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="002225BC">
-[...1 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38A3741D" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
-[...5 lines deleted...]
-        <w:t>Miscellaneous Loan Documents.</w:t>
+    <w:p w14:paraId="54443617" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Completion Guaranty (6018) or Completion Guaranty [4000 Series post-closing] (6632) or Completion Guaranty [6000 Series post-closing] (6633).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57DBEF37" w14:textId="2CE32376" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Omnibus Assignment of Contract</w:t>
+      </w:r>
+      <w:r w:rsidR="00165812" w:rsidRPr="00302F6E">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>, Plans, Permits, and Approvals (6472).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B74E92C" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Agreement and Assignment Regarding General Contractor’s Contract (6473).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F220ECE" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+      <w:bookmarkStart w:id="149" w:name="_Toc47355185"/>
+      <w:bookmarkStart w:id="150" w:name="_Ref47611351"/>
+      <w:bookmarkStart w:id="151" w:name="_Ref47611356"/>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Replacement Reserve Deposits.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="149"/>
-    </w:p>
-[...24 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="150"/>
       <w:bookmarkEnd w:id="151"/>
+    </w:p>
+    <w:p w14:paraId="189EDC2A" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>For Replacement Reserve Deposits Partially or Fully Waived:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2170FD3E" w14:textId="7C805A8E" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Modifications to Multifamily Loan and Security Agreement – Addenda to Schedule 2 – Summary of Loan Terms (Replacement Reserve</w:t>
+      </w:r>
+      <w:r w:rsidR="009449D5" w:rsidRPr="00302F6E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>– Deposits Partially or Fully Waived) (6102.04).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06B00007" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Modifications to Multifamily Loan and Security Agreement (Replacement Reserve – Deposits Partially or Fully Waived) (6220).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28FDD17B" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>For Alternate Funding of Replacement Reserve Deposits (at origination):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C5A135B" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:lastRenderedPageBreak/>
+        <w:t>Modifications to Multifamily Loan and Security Agreement – Addenda to Schedule 2 – Summary of Loan Terms (Replacement Reserve – Alternate Funding) (6102.05).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16A56254" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Modifications to Multifamily Loan and Security Agreement (Replacement Reserve – Alternate Funding) (6221).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61B9E2F1" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>For Alternate Funding of Replacement Reserve Deposits (post-closing):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33441AC2" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Modifications to Multifamily Loan and Security Agreement – Addenda to Schedule 2 – Summary of Loan Terms (Replacement Reserve – Alternate Funding) (6102.05).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56C34AD5" w14:textId="2A3C2295" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Amendment to Multifamily Loan and Security Agreement (Replacement Reserve Alternate Funding) (6613).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D1ABCBA" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+      <w:bookmarkStart w:id="152" w:name="_Toc47355186"/>
+      <w:bookmarkStart w:id="153" w:name="_Ref47611485"/>
+      <w:bookmarkStart w:id="154" w:name="_Ref47611490"/>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Waiver of Imposition Deposits.</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="152"/>
-    </w:p>
-[...41 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="153"/>
       <w:bookmarkEnd w:id="154"/>
+    </w:p>
+    <w:p w14:paraId="25C6DBE7" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Modifications to Multifamily Loan and Security Agreement (Waiver of Imposition Deposits) (6228).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0004B237" w14:textId="77777777" w:rsidR="008811FD" w:rsidRPr="00302F6E" w:rsidRDefault="008811FD" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+      <w:bookmarkStart w:id="155" w:name="_Toc47355187"/>
+      <w:bookmarkStart w:id="156" w:name="_Ref47611498"/>
+      <w:bookmarkStart w:id="157" w:name="_Ref47611504"/>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Single Asset Entity Waiver</w:t>
+      </w:r>
+      <w:r>
+        <w:t>/Recycled Entity</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>.</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="155"/>
-    </w:p>
-[...74 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="156"/>
       <w:bookmarkEnd w:id="157"/>
+    </w:p>
+    <w:p w14:paraId="4F35911E" w14:textId="7CF78F2E" w:rsidR="008811FD" w:rsidRPr="001D312F" w:rsidRDefault="00CB20C7" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB20C7">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or use with conventional </w:t>
+      </w:r>
+      <w:r w:rsidR="003B4824">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mortgage Loans of $100MM or less where Borrower is not a Co-Tenant and Fannie Mae has approved Borrower’s ownership and acquisition of other </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB20C7">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">multifamily properties </w:t>
+      </w:r>
+      <w:r w:rsidR="003B4824">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">during the Mortgage Loan term:  </w:t>
+      </w:r>
+      <w:r w:rsidR="008811FD" w:rsidRPr="001D312F">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Modifications to Multifamily Loan and Security Agreement (Single Asset Entity Waiver – Additional Assets Permitted) (6217).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="550CFB06" w14:textId="403CE22E" w:rsidR="008811FD" w:rsidRPr="001D312F" w:rsidRDefault="003B4824" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B4824">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>For use with conventional Mortgage Loans of $100MM or less where Borrower is not a Co-Tenant and Fannie Mae has approved Borrower’s ownership (but not the acquisition) of other multifamily properties during the Mortgage Loan term</w:t>
+      </w:r>
+      <w:r w:rsidR="008811FD" w:rsidRPr="001D312F">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>: Modifications to Multifamily Loan and Security Agreement (Single Asset Entity Waiver) (6218).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E06F5AF" w14:textId="5A4CF12A" w:rsidR="008811FD" w:rsidRPr="001D312F" w:rsidRDefault="008811FD" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D312F">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>For use with recycled entities when Borrower is a single asset entity as of the Effective Date</w:t>
+      </w:r>
+      <w:r w:rsidR="00662BEF">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> but previously owned multifamily properties</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D312F">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>: Modifications to Multifamily Loan and Security Agreement (Recycled Entity Schedule</w:t>
+      </w:r>
+      <w:r w:rsidR="00662BEF">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D312F">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (6280).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C8AE5FF" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+      <w:bookmarkStart w:id="158" w:name="_Toc47355188"/>
+      <w:bookmarkStart w:id="159" w:name="_Ref47611512"/>
+      <w:bookmarkStart w:id="160" w:name="_Ref47611517"/>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Subordinate Financing.</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="158"/>
-    </w:p>
-[...105 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="159"/>
       <w:bookmarkEnd w:id="160"/>
+    </w:p>
+    <w:p w14:paraId="27A6490C" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>For any Mortgage Loan secured by a Property with permitted non-Fannie Mae subordinate debt, choose only the applicable one:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="314D09EE" w14:textId="7A451264" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Subordination Agreement (Conventional) (6414).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7382CE9E" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Subordination Agreement (Affordable) (6456).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C3D7776" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+      <w:bookmarkStart w:id="161" w:name="_Toc47355189"/>
+      <w:bookmarkStart w:id="162" w:name="_Ref47611524"/>
+      <w:bookmarkStart w:id="163" w:name="_Ref47611530"/>
+      <w:r w:rsidRPr="00302F6E">
+        <w:lastRenderedPageBreak/>
+        <w:t>SNDA.</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="161"/>
-    </w:p>
-[...23 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="162"/>
       <w:bookmarkEnd w:id="163"/>
-      <w:bookmarkEnd w:id="164"/>
-[...163 lines deleted...]
-    <w:p w14:paraId="33D103B4" w14:textId="76839721" w:rsidR="00730301" w:rsidRDefault="00730301" w:rsidP="00730301">
+    </w:p>
+    <w:p w14:paraId="33D103B4" w14:textId="76839721" w:rsidR="00730301" w:rsidRDefault="00730301" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Choose only the applicable one:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D1CD1A4" w14:textId="293694BB" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="00730301" w:rsidP="00302F6E">
+    <w:p w14:paraId="5D1CD1A4" w14:textId="293694BB" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="00730301" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>For use when the tenant is not a Borrower Affiliate</w:t>
       </w:r>
       <w:r w:rsidR="001400CA">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009E28F5" w:rsidRPr="00302F6E">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Subordination, Non-Disturbance and Attornment Agreement (6415).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="051A6456" w14:textId="1A8F9362" w:rsidR="00302F6E" w:rsidRDefault="00730301" w:rsidP="00302F6E">
+    <w:p w14:paraId="051A6456" w14:textId="1A8F9362" w:rsidR="00302F6E" w:rsidRDefault="00730301" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>For use when the tenant is a Borrower Affiliate</w:t>
       </w:r>
       <w:r w:rsidR="001400CA">
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00302F6E" w:rsidRPr="00302F6E">
         <w:t>Subordination Agreement (Commercial Lease – Affiliated Tenant) (6415.Affiliate).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A8313EF" w14:textId="6D43DA03" w:rsidR="000A3874" w:rsidRDefault="000A3874" w:rsidP="000A3874">
+    <w:p w14:paraId="3A8313EF" w14:textId="6D43DA03" w:rsidR="000A3874" w:rsidRDefault="000A3874" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>For use when the tenant is not a Borrower Affiliate [For use with 6000 Series Documents]: Subordination, Non-Disturbance and Attornment Agreement (6643).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51A08347" w14:textId="6E439C49" w:rsidR="000A3874" w:rsidRDefault="000A3874" w:rsidP="000A3874">
+    <w:p w14:paraId="51A08347" w14:textId="6E439C49" w:rsidR="000A3874" w:rsidRDefault="000A3874" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>For use when the tenant is a Borrower Affiliate [For use with 6000 Series Documents]: Subordination and Attornment Agreement (Commercial Lease – Affiliated Tenant) (6643.Affiliate).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35A37072" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="35A37072" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-[...2 lines deleted...]
-      <w:bookmarkStart w:id="173" w:name="_Ref47611542"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+      <w:bookmarkStart w:id="164" w:name="_Toc47355190"/>
+      <w:bookmarkStart w:id="165" w:name="_Ref47611536"/>
+      <w:bookmarkStart w:id="166" w:name="_Ref47611542"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Estoppel Certificates.</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="164"/>
+      <w:bookmarkEnd w:id="165"/>
+      <w:bookmarkEnd w:id="166"/>
+    </w:p>
+    <w:p w14:paraId="5A1DA685" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Tenant Estoppel Certificate (6413).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E8A25BE" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Ground Lessor Estoppel Certificate (6495).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54D6B34D" w14:textId="1B35E87F" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>See Modifications to Multifamily Loan and Security Agreement (Fractured/Commercial Condominium Provisions) (6258) for form of Fractured/Commercial Condominium Estoppel Certificate.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BA9838A" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Master Lessee Estoppel Certificate (6469.ML).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4128148F" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Master Lessee Estoppel Certificate (Delaware Statutory Trust) (6469.DST).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39A97A1B" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Operating Lease Estoppel Certificate (Seniors Housing) (6470.SRS).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35BE3494" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+      <w:bookmarkStart w:id="167" w:name="_Toc47355191"/>
+      <w:bookmarkStart w:id="168" w:name="_Ref47611552"/>
+      <w:bookmarkStart w:id="169" w:name="_Ref47611556"/>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>ERISA.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="167"/>
+      <w:bookmarkEnd w:id="168"/>
+      <w:bookmarkEnd w:id="169"/>
+    </w:p>
+    <w:p w14:paraId="5CF3D247" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>For any Mortgage Loan where there is an ERISA Plan or Governmental Plan:  Modifications to Multifamily Loan and Security Agreement (Employee Benefit Plan - ERISA or Governmental Plans) (6235) (if applicable).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10D6D6B2" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+      <w:bookmarkStart w:id="170" w:name="_Toc47355192"/>
+      <w:bookmarkStart w:id="171" w:name="_Ref47611566"/>
+      <w:bookmarkStart w:id="172" w:name="_Ref47611571"/>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Assumption Agreements.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="170"/>
       <w:bookmarkEnd w:id="171"/>
       <w:bookmarkEnd w:id="172"/>
-      <w:bookmarkEnd w:id="173"/>
-[...93 lines deleted...]
-    <w:p w14:paraId="1CF72988" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    </w:p>
+    <w:p w14:paraId="1CF72988" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>For assumptions of Mortgage Loans consented to by Fannie Mae:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51010917" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="51010917" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>For assumptions of Mortgage Loans documented on the 6000 Series Loan Documents:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FC6AA86" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="2FC6AA86" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Assumption and Release Agreement (6625).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7388911F" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="7388911F" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
+        <w:lastRenderedPageBreak/>
         <w:t>Assumption and Release Agreement (Guarantor Transfer) (6626).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5934462D" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="5934462D" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>For assumptions of Mortgage Loans documented on the 4000 Series Loan Documents:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45750630" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="45750630" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Assumption and Release Agreement (Full Property and Loan Assumption) (4000 Series Loan Documents) (6627).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="357B311C" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="357B311C" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Assumption and Release Agreement (Key Principal Transfer) (4000 Series Loan Documents) (6628).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5217D890" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="5217D890" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:bookmarkStart w:id="182" w:name="_Ref47611583"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+        </w:tabs>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="173" w:name="_Toc47355193"/>
+      <w:bookmarkStart w:id="174" w:name="_Ref47611578"/>
+      <w:bookmarkStart w:id="175" w:name="_Ref47611583"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Tax-Exempt Bond Financing – Previous or Current</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="180"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="77DBDA89" w14:textId="376B8980" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+      <w:bookmarkEnd w:id="173"/>
+      <w:bookmarkEnd w:id="174"/>
+      <w:bookmarkEnd w:id="175"/>
+    </w:p>
+    <w:p w14:paraId="77DBDA89" w14:textId="376B8980" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="240"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">For use on Fannie Mae Credit Enhancement Mortgage Loans and when the proceeds of a Mortgage Loan will pay off existing tax-exempt bond financing on the Mortgaged Property </w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:rPr>
           <w:caps/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[NOTE: Lender may combine 6238 into 6253</w:t>
       </w:r>
       <w:r w:rsidR="00617216">
         <w:rPr>
           <w:caps/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>/6253.M.TEB</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:rPr>
           <w:caps/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> to address any redundancy if the Bond Regulatory Agreement is listed as a Rent Restriction Agreement on 6102.23.]</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="485BABE3" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="485BABE3" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Modifications to Multifamily Loan and Security Agreement – Addenda to Schedule 2 – Summary of Loan Terms (Bond Regulatory Agreement) (6102.22).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FDDEF83" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="7FDDEF83" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Modifications to Multifamily Loan and Security Agreement (Bond Redemption and Bond Regulatory Agreement) (6238).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="003A82CF" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="003A82CF" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Modifications to Security Instrument (Bond Regulatory Agreement) (6318).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FB8E962" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="5FB8E962" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:snapToGrid/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>When the Bond Regulatory Agreement also restricts the rents that can be charged for those units restricted for occupancy by tenants with limited incomes:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53DE388E" w14:textId="5EB0AA02" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="53DE388E" w14:textId="5EB0AA02" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Modifications to Multifamily Loan and Security Agreement – Addenda to Schedule 2 – Summary of Loan Terms (</w:t>
       </w:r>
       <w:r w:rsidR="00421C84" w:rsidRPr="00421C84">
         <w:t>Agreement Restricting Rent, Income</w:t>
       </w:r>
       <w:r w:rsidR="001400CA">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00421C84" w:rsidRPr="00421C84">
         <w:t xml:space="preserve"> or Both</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:t>) (6102.23).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F2C93A7" w14:textId="3E120E8A" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="0F2C93A7" w14:textId="3E120E8A" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
-        <w:lastRenderedPageBreak/>
         <w:t>Modifications to Multifamily Loan and Security Agreement (</w:t>
       </w:r>
       <w:r w:rsidR="00421C84" w:rsidRPr="00421C84">
         <w:t>Agreement Restricting Rent, Income</w:t>
       </w:r>
       <w:r w:rsidR="001400CA">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00421C84" w:rsidRPr="00421C84">
         <w:t xml:space="preserve"> or Both</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:t>) (6253)</w:t>
       </w:r>
       <w:r w:rsidR="00617216">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00617216">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>OR</w:t>
       </w:r>
       <w:r w:rsidR="00617216">
         <w:t xml:space="preserve"> Modifications to Multifamily Loan and Security Agreement (Agreement Restricting Rent, Income, or Both) (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00617216">
         <w:t>M.TEB</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00617216">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="002225BC">
         <w:t xml:space="preserve"> (6253.M.TEB)</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C292F02" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="3C292F02" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:bookmarkStart w:id="185" w:name="_Ref47611596"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+        </w:tabs>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="176" w:name="_Toc47355194"/>
+      <w:bookmarkStart w:id="177" w:name="_Ref47611591"/>
+      <w:bookmarkStart w:id="178" w:name="_Ref47611596"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Tax Abatement or Tax Exemption</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="183"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="177F42D9" w14:textId="77777777" w:rsidR="00913D30" w:rsidRPr="00302F6E" w:rsidRDefault="00B740E1" w:rsidP="00913D30">
+      <w:bookmarkEnd w:id="176"/>
+      <w:bookmarkEnd w:id="177"/>
+      <w:bookmarkEnd w:id="178"/>
+    </w:p>
+    <w:p w14:paraId="177F42D9" w14:textId="77777777" w:rsidR="00913D30" w:rsidRPr="00302F6E" w:rsidRDefault="00B740E1" w:rsidP="00D60F77">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="240"/>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>For a Mortgaged Property with a tax abatement or tax exemption (such as a PILOT)</w:t>
       </w:r>
       <w:r w:rsidR="00913D30" w:rsidRPr="00302F6E">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12FD2231" w14:textId="726E7018" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="00B740E1" w:rsidP="00913D30">
+    <w:p w14:paraId="12FD2231" w14:textId="726E7018" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="00B740E1" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Modifications to Multifamily Loan and Security Agreement (Tax Abatement or Exemption) (Form 6251)</w:t>
       </w:r>
       <w:r w:rsidR="00913D30" w:rsidRPr="00302F6E">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="141569B3" w14:textId="0020A4B4" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="00421C84" w:rsidP="009E28F5">
+    <w:p w14:paraId="141569B3" w14:textId="0020A4B4" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="00421C84" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:bookmarkStart w:id="188" w:name="_Ref47611608"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+        </w:tabs>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="179" w:name="_Toc47355195"/>
+      <w:bookmarkStart w:id="180" w:name="_Ref47611602"/>
+      <w:bookmarkStart w:id="181" w:name="_Ref47611608"/>
       <w:r w:rsidRPr="00421C84">
+        <w:lastRenderedPageBreak/>
         <w:t>Agreement Restricting Rent, Income</w:t>
       </w:r>
       <w:r w:rsidR="001400CA">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00421C84">
         <w:t xml:space="preserve"> or Both</w:t>
       </w:r>
       <w:r w:rsidR="009E28F5" w:rsidRPr="00302F6E">
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="186"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="1484BED6" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+      <w:bookmarkEnd w:id="179"/>
+      <w:bookmarkEnd w:id="180"/>
+      <w:bookmarkEnd w:id="181"/>
+    </w:p>
+    <w:p w14:paraId="1484BED6" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="240"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>For use when the Mortgaged Property is encumbered by an agency regulatory agreement or recorded use restriction under which all or a portion of the residential units are restricted for occupancy by tenants with limited incomes and which restricts the rents that can be charged for those units:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4399E42B" w14:textId="7F5B407D" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="4399E42B" w14:textId="7F5B407D" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Modifications to Multifamily Loan and Security Agreement – Addenda to Schedule 2 – Summary of Loan Terms (</w:t>
       </w:r>
       <w:r w:rsidR="00421C84" w:rsidRPr="00421C84">
         <w:t>Agreement Restricting Rent, Income</w:t>
       </w:r>
       <w:r w:rsidR="001400CA">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00421C84" w:rsidRPr="00421C84">
         <w:t xml:space="preserve"> or Both</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:t>) (6102.23).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01D329F4" w14:textId="75F34F10" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="01D329F4" w14:textId="75F34F10" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Modifications to Multifamily Loan and Security Agreement (</w:t>
       </w:r>
       <w:r w:rsidR="00421C84" w:rsidRPr="00421C84">
         <w:t>Agreement Restricting Rent, Income</w:t>
       </w:r>
       <w:r w:rsidR="001400CA">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00421C84" w:rsidRPr="00421C84">
         <w:t xml:space="preserve"> or Both</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:t>) (6253)</w:t>
       </w:r>
       <w:r w:rsidR="00617216">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00617216">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>OR</w:t>
       </w:r>
       <w:r w:rsidR="00617216">
         <w:t xml:space="preserve"> Modifications to Multifamily Loan and Security Agreement (Agreement Restricting Rent, Income, or Both) (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00617216">
         <w:t>M.TEB</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00617216">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="002225BC">
         <w:t xml:space="preserve"> (6253.M.TEB)</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CFD3170" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="1CFD3170" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:bookmarkStart w:id="191" w:name="_Ref47611623"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+        </w:tabs>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="182" w:name="_Toc47355196"/>
+      <w:bookmarkStart w:id="183" w:name="_Ref47611616"/>
+      <w:bookmarkStart w:id="184" w:name="_Ref47611623"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Consent to United States Jurisdiction</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="189"/>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="191"/>
+      <w:bookmarkEnd w:id="182"/>
+      <w:bookmarkEnd w:id="183"/>
+      <w:bookmarkEnd w:id="184"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="385E4738" w14:textId="724DAA47" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="385E4738" w14:textId="724DAA47" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>For use when Guarantor is a Foreign Entity or Person:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13DEFC4C" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="13DEFC4C" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Agreement to Submit to United States Jurisdiction (6476).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C81B7FD" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="6C81B7FD" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Opinion(s) of Borrower’s Counsel on Origination of Mortgage Loan (if applicable).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="477C5095" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="477C5095" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:bookmarkStart w:id="194" w:name="_Ref47611632"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+        </w:tabs>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="185" w:name="_Toc47355197"/>
+      <w:bookmarkStart w:id="186" w:name="_Ref47611628"/>
+      <w:bookmarkStart w:id="187" w:name="_Ref47611632"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Partial Release</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="192"/>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="194"/>
+      <w:bookmarkEnd w:id="185"/>
+      <w:bookmarkEnd w:id="186"/>
+      <w:bookmarkEnd w:id="187"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="072C3EB9" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="072C3EB9" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>For use with the release of unimproved land and non-income producing improvements:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="476EE379" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="476EE379" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Modifications to Multifamily Loan and Security Agreement (Partial Release of Mortgaged Property) (6257).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04196F81" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="04196F81" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+      <w:bookmarkStart w:id="188" w:name="_Toc47355198"/>
+      <w:bookmarkStart w:id="189" w:name="_Ref47611640"/>
+      <w:bookmarkStart w:id="190" w:name="_Ref47611645"/>
+      <w:r w:rsidRPr="00302F6E">
         <w:t>Transfers of Ownership Interests</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="195"/>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="197"/>
+      <w:bookmarkEnd w:id="188"/>
+      <w:bookmarkEnd w:id="189"/>
+      <w:bookmarkEnd w:id="190"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5ED75378" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="5ED75378" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="240"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>The following are optional modification templates that may be used in whole or in part to document various types of transfers, including those described in Lender Letter 17-12 (and any replacements thereto).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05AA17DC" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="05AA17DC" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Modifications to Multifamily Loan and Security Agreement (Transfers of Ownership Interests; No Change of Control) (6240.T2).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="696210A9" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="696210A9" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Modifications to Multifamily Loan and Security Agreement (Transfers of Ownership Interests; Change of Control; Same Key Principal) (6240.T3).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72261702" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="72261702" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Modifications to Multifamily Loan and Security Agreement (Transfers of Ownership Interests; Change of Control – Replacement or Divestment of Key Principal) (6240.T4).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A4D8BFB" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="3A4D8BFB" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-[...15 lines deleted...]
-    <w:p w14:paraId="4BFFF785" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+      <w:bookmarkStart w:id="191" w:name="_Toc47355199"/>
+      <w:bookmarkStart w:id="192" w:name="_Ref47611650"/>
+      <w:bookmarkStart w:id="193" w:name="_Ref47611655"/>
+      <w:r w:rsidRPr="00302F6E">
+        <w:lastRenderedPageBreak/>
+        <w:t>SPE Recourse.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="191"/>
+      <w:bookmarkEnd w:id="192"/>
+      <w:bookmarkEnd w:id="193"/>
+    </w:p>
+    <w:p w14:paraId="4BFFF785" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="240"/>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>For use when indicated by Fannie Mae (typically when the Mortgage Loan is both at least $100 million and has an LTV of seventy percent</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:t> (70%) or greater) or upon Borrower’s election (for any Mortgage Loan):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35C79344" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="35C79344" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:snapToGrid/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:rPr>
           <w:snapToGrid/>
         </w:rPr>
-        <w:t>Modifications to Multifamily Loan and Security Agreement (</w:t>
-[...16 lines deleted...]
-    <w:p w14:paraId="44696B66" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+        <w:t>Modifications to Multifamily Loan and Security Agreement (SPE Recourse) (6254).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44696B66" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-[...2 lines deleted...]
-      <w:bookmarkStart w:id="203" w:name="_Ref47611667"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+      <w:bookmarkStart w:id="194" w:name="_Toc47355200"/>
+      <w:bookmarkStart w:id="195" w:name="_Ref47611664"/>
+      <w:bookmarkStart w:id="196" w:name="_Ref47611667"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Cash Management.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="201"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="1B49FDC6" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+      <w:bookmarkEnd w:id="194"/>
+      <w:bookmarkEnd w:id="195"/>
+      <w:bookmarkEnd w:id="196"/>
+    </w:p>
+    <w:p w14:paraId="1B49FDC6" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>For use when a cash management plan is required:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="009966FB" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="009966FB" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:snapToGrid/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:rPr>
           <w:snapToGrid/>
         </w:rPr>
         <w:t>Modifications to Multifamily Loan and Security Agreement (Cash Management) (6256).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18105AB1" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="18105AB1" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-[...2 lines deleted...]
-      <w:bookmarkStart w:id="206" w:name="_Ref47611679"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+      <w:bookmarkStart w:id="197" w:name="_Toc47355201"/>
+      <w:bookmarkStart w:id="198" w:name="_Ref47611674"/>
+      <w:bookmarkStart w:id="199" w:name="_Ref47611679"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Operations and Maintenance Plans.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="204"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="4673F1EC" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+      <w:bookmarkEnd w:id="197"/>
+      <w:bookmarkEnd w:id="198"/>
+      <w:bookmarkEnd w:id="199"/>
+    </w:p>
+    <w:p w14:paraId="4673F1EC" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">For use when </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00302F6E">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>O&amp;M</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00302F6E">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Plans are required:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6914C3DC" w14:textId="0C582B07" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="6914C3DC" w14:textId="0C582B07" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:snapToGrid/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Compliance Agreement for Asbestos Operations and Maintenance Plan (64</w:t>
       </w:r>
       <w:r w:rsidR="00482252" w:rsidRPr="00302F6E">
         <w:t>20.Asbestos</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CAABE44" w14:textId="3091CA4C" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="5CAABE44" w14:textId="3091CA4C" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:snapToGrid/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Compliance Agreement for Lead-Based Paint Operations and Maintenance Plan (64</w:t>
       </w:r>
       <w:r w:rsidR="00482252" w:rsidRPr="00302F6E">
         <w:t>20.Lead-Based Paint</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D520D66" w14:textId="46FB4531" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="1D520D66" w14:textId="46FB4531" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Compliance Agreement for Mold Operations and Maintenance Plan (6420</w:t>
       </w:r>
       <w:r w:rsidR="00482252" w:rsidRPr="00302F6E">
         <w:t>.Mold</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="271874FB" w14:textId="114AEE0F" w:rsidR="000F0791" w:rsidRPr="00302F6E" w:rsidRDefault="000F0791" w:rsidP="000F0791">
+    <w:p w14:paraId="271874FB" w14:textId="114AEE0F" w:rsidR="000F0791" w:rsidRPr="00302F6E" w:rsidRDefault="000F0791" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:snapToGrid/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t xml:space="preserve">Compliance Agreement for </w:t>
       </w:r>
       <w:r w:rsidR="00B80B76" w:rsidRPr="00302F6E">
         <w:t>Radon</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:t xml:space="preserve"> Operations and Maintenance Plan (6420.Radon).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FD8BB99" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="6FD8BB99" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+      <w:bookmarkStart w:id="200" w:name="_Toc47355202"/>
+      <w:bookmarkStart w:id="201" w:name="_Ref47611690"/>
+      <w:bookmarkStart w:id="202" w:name="_Ref47611696"/>
+      <w:r w:rsidRPr="00302F6E">
         <w:t>Underwriting Certificates.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="207"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="68A1C99A" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+      <w:bookmarkEnd w:id="200"/>
+      <w:bookmarkEnd w:id="201"/>
+      <w:bookmarkEnd w:id="202"/>
+    </w:p>
+    <w:p w14:paraId="68A1C99A" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:snapToGrid/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>For use during underwriting:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21BFFDE0" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="21BFFDE0" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:snapToGrid/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Multifamily Underwriting Certificate (Borrower) (6460.Borrower).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4568AEF4" w14:textId="7468F9A0" w:rsidR="007A54C7" w:rsidRPr="00302F6E" w:rsidRDefault="007A54C7" w:rsidP="007A54C7">
+    <w:p w14:paraId="4568AEF4" w14:textId="7468F9A0" w:rsidR="007A54C7" w:rsidRPr="00302F6E" w:rsidRDefault="007A54C7" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:snapToGrid/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Multifamily Underwriting Certificate (</w:t>
       </w:r>
       <w:r>
         <w:t>Guarantor</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:t>) (6460.</w:t>
       </w:r>
       <w:r>
         <w:t>Guarantor</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D7B478D" w14:textId="06B9B299" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="5D7B478D" w14:textId="06B9B299" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:snapToGrid/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Multifamily Underwriting Certificate (Key Principal</w:t>
       </w:r>
       <w:r w:rsidR="009F4D9B" w:rsidRPr="00302F6E">
         <w:t>/Principal</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:t>) (6460.Key Principal</w:t>
       </w:r>
       <w:r w:rsidR="001252EA">
         <w:t>/Principal</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D74C982" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="5D74C982" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00302F6E">
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+      <w:bookmarkStart w:id="203" w:name="_Toc47355203"/>
+      <w:bookmarkStart w:id="204" w:name="_Ref47611701"/>
+      <w:bookmarkStart w:id="205" w:name="_Ref47611706"/>
+      <w:r w:rsidRPr="00302F6E">
+        <w:lastRenderedPageBreak/>
         <w:t>Oil, Gas, and Mineral Rights.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="210"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="64635F89" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+      <w:bookmarkEnd w:id="203"/>
+      <w:bookmarkEnd w:id="204"/>
+      <w:bookmarkEnd w:id="205"/>
+    </w:p>
+    <w:p w14:paraId="64635F89" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="240"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>For use when the right to explore, excavate, or remove oil, gas, or other minerals from the Mortgaged Property has been granted (e.g., lease, easement, deed reservation)</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5354E668" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="5354E668" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:snapToGrid/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Modifications to Multifamily Loan and Security Agreement (Oil, Gas, and Mineral Rights) (6262).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B18033D" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="7B18033D" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-[...2 lines deleted...]
-      <w:bookmarkStart w:id="215" w:name="_Ref47611721"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+      <w:bookmarkStart w:id="206" w:name="_Toc47355204"/>
+      <w:bookmarkStart w:id="207" w:name="_Ref47611715"/>
+      <w:bookmarkStart w:id="208" w:name="_Ref47611721"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t>King County, Washington Mortgaged Properties.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="213"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="634124BB" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+      <w:bookmarkEnd w:id="206"/>
+      <w:bookmarkEnd w:id="207"/>
+      <w:bookmarkEnd w:id="208"/>
+    </w:p>
+    <w:p w14:paraId="634124BB" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:keepNext/>
         <w:spacing w:after="240"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>For use when the Mortgaged Property is located in King County, Washington:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="552B1796" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="552B1796" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Modifications to Multifamily Loan and Security Agreement (King County, WA) (6266).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7134C6C8" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="7134C6C8" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+        </w:tabs>
         <w:rPr>
           <w:snapToGrid/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>[Intentionally Deleted]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10BAD913" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="10BAD913" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-[...2 lines deleted...]
-      <w:bookmarkStart w:id="218" w:name="_Ref47611746"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+      <w:bookmarkStart w:id="209" w:name="_Toc47355206"/>
+      <w:bookmarkStart w:id="210" w:name="_Ref47611739"/>
+      <w:bookmarkStart w:id="211" w:name="_Ref47611746"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Paycheck Protection Program Loan.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="216"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="6B266F76" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+      <w:bookmarkEnd w:id="209"/>
+      <w:bookmarkEnd w:id="210"/>
+      <w:bookmarkEnd w:id="211"/>
+    </w:p>
+    <w:p w14:paraId="6B266F76" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:snapToGrid/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>For use when there is a Paycheck Protection Program Loan:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C8EFF99" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="3C8EFF99" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Modifications to Multifamily Loan and Security Agreement (Paycheck Protection Program Loan) (6269).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54F062A1" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="54F062A1" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-[...2 lines deleted...]
-      <w:bookmarkStart w:id="221" w:name="_Ref47611757"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+      <w:bookmarkStart w:id="212" w:name="_Toc47355207"/>
+      <w:bookmarkStart w:id="213" w:name="_Ref47611751"/>
+      <w:bookmarkStart w:id="214" w:name="_Ref47611757"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Table of Contents.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="219"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="2504905C" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+      <w:bookmarkEnd w:id="212"/>
+      <w:bookmarkEnd w:id="213"/>
+      <w:bookmarkEnd w:id="214"/>
+    </w:p>
+    <w:p w14:paraId="2504905C" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>For use with the delivery to Fannie Mae’s Certification and Custody group:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B22D30B" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="3B22D30B" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:snapToGrid/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Multifamily</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:rPr>
           <w:snapToGrid/>
         </w:rPr>
         <w:t xml:space="preserve"> Mortgage Loan Delivery Package Table of Contents (6502).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42071A9F" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="42071A9F" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-      <w:bookmarkStart w:id="222" w:name="_Ref99614022"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+      <w:bookmarkStart w:id="215" w:name="_Ref99614022"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Annual Loan Agreement Certifications.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="222"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="2595267F" w14:textId="0DBD2515" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+      <w:bookmarkEnd w:id="215"/>
+    </w:p>
+    <w:p w14:paraId="2595267F" w14:textId="0DBD2515" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t xml:space="preserve">Annual Loan Agreement Certification </w:t>
       </w:r>
       <w:r w:rsidR="009F4D9B" w:rsidRPr="00302F6E">
         <w:t xml:space="preserve">(Borrower) </w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:t>(6620.Borrower)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65F29CB8" w14:textId="6562598B" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="65F29CB8" w14:textId="6562598B" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t xml:space="preserve">Annual Loan Agreement Certification </w:t>
       </w:r>
       <w:r w:rsidR="009F4D9B" w:rsidRPr="00302F6E">
         <w:t xml:space="preserve">(Guarantor) </w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:t>(6620.Guarantor)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27731CBB" w14:textId="78DE77A5" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
-[...4 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="27731CBB" w14:textId="78DE77A5" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
         <w:t>Supplemental Annual Loan Agreement Certification (Expanded Housing Choice) (6620.Supplemental.</w:t>
       </w:r>
       <w:r w:rsidR="00E07BD7">
         <w:t>EHC</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08F8686D" w14:textId="6520330B" w:rsidR="002F63FD" w:rsidRDefault="002F63FD" w:rsidP="002F63FD">
+    <w:p w14:paraId="08F8686D" w14:textId="6520330B" w:rsidR="002F63FD" w:rsidRDefault="002F63FD" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Supplemental Annual Loan Agreement Certification (Sponsor-Dedicated Workforce Housing) (6620.Supplemental.SDW)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E52AC61" w14:textId="3927C8A9" w:rsidR="00502703" w:rsidRPr="00502703" w:rsidRDefault="00502703" w:rsidP="00502703">
+    <w:p w14:paraId="5E52AC61" w14:textId="3927C8A9" w:rsidR="00502703" w:rsidRPr="00502703" w:rsidRDefault="00502703" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>Annual Loan Agreement Certification (Borrower – Tenant Site Lease Protections) (6620.Borrower.TSLP)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="401DE8F9" w14:textId="65C3C028" w:rsidR="00482252" w:rsidRPr="00302F6E" w:rsidRDefault="00482252" w:rsidP="00482252">
+    <w:p w14:paraId="401DE8F9" w14:textId="65C3C028" w:rsidR="00482252" w:rsidRPr="00302F6E" w:rsidRDefault="00482252" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00302F6E">
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+      <w:bookmarkStart w:id="216" w:name="_Ref131524357"/>
+      <w:r w:rsidRPr="00302F6E">
+        <w:lastRenderedPageBreak/>
         <w:t>Insurance Premiums</w:t>
       </w:r>
       <w:r w:rsidR="00507D2D" w:rsidRPr="00302F6E">
         <w:t xml:space="preserve"> - Financing</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="223"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="567F6F73" w14:textId="0EB9E314" w:rsidR="00482252" w:rsidRPr="00302F6E" w:rsidRDefault="00482252" w:rsidP="00482252">
+      <w:bookmarkEnd w:id="216"/>
+    </w:p>
+    <w:p w14:paraId="567F6F73" w14:textId="0EB9E314" w:rsidR="00482252" w:rsidRPr="00302F6E" w:rsidRDefault="00482252" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t>Modifications to Multifamily Loan and Security Agreement (Financing of Insurance Premiums) (6272).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="230EEF4F" w14:textId="6BE16EC9" w:rsidR="009D7604" w:rsidRDefault="009D7604" w:rsidP="009D7604">
+    <w:p w14:paraId="230EEF4F" w14:textId="6BE16EC9" w:rsidR="009D7604" w:rsidRDefault="009D7604" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-      <w:bookmarkStart w:id="224" w:name="_Ref159423777"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+      <w:bookmarkStart w:id="217" w:name="_Ref159423777"/>
       <w:r>
         <w:t>Tax Increment Financing (TIF)</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="224"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="4263F527" w14:textId="0264A4A0" w:rsidR="009D7604" w:rsidRDefault="009D7604" w:rsidP="009D7604">
+      <w:bookmarkEnd w:id="217"/>
+    </w:p>
+    <w:p w14:paraId="4263F527" w14:textId="0264A4A0" w:rsidR="009D7604" w:rsidRDefault="009D7604" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>Modifications to Multifamily Loan and Security Agreement (Tax Increment Financing) (6251.TIF).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65F12DDC" w14:textId="0F4867DB" w:rsidR="00165173" w:rsidRDefault="00165173" w:rsidP="00165173">
+    <w:p w14:paraId="65F12DDC" w14:textId="0F4867DB" w:rsidR="00165173" w:rsidRDefault="00165173" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>Collateral Assignment of [Tax Increment Note] and [Redevelopment Agreement] (6418).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70794F8C" w14:textId="233CC37E" w:rsidR="00165173" w:rsidRPr="000E52B8" w:rsidRDefault="00165173" w:rsidP="00165173">
+    <w:p w14:paraId="70794F8C" w14:textId="233CC37E" w:rsidR="00165173" w:rsidRPr="000E52B8" w:rsidRDefault="00165173" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>Consent to Collateral Assignment of [Tax Increment Note] and [Redevelopment Agreement] - attached to Collateral Assignment of [Tax Increment Note] and [Redevelopment Agreement] (6418).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37A29F70" w14:textId="50F8B5EB" w:rsidR="00E02465" w:rsidRPr="00302F6E" w:rsidRDefault="00E02465" w:rsidP="00E02465">
+    <w:p w14:paraId="37A29F70" w14:textId="50F8B5EB" w:rsidR="00E02465" w:rsidRPr="00302F6E" w:rsidRDefault="00E02465" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-      <w:bookmarkStart w:id="225" w:name="_Ref196206461"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+      <w:bookmarkStart w:id="218" w:name="_Ref196206461"/>
       <w:r w:rsidRPr="00302F6E">
         <w:t xml:space="preserve">Insurance </w:t>
       </w:r>
       <w:r>
         <w:t>Reserve</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="225"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="74CB5ABC" w14:textId="40E9DFD3" w:rsidR="00E02465" w:rsidRPr="00302F6E" w:rsidRDefault="00E02465" w:rsidP="00E02465">
+      <w:bookmarkEnd w:id="218"/>
+    </w:p>
+    <w:p w14:paraId="74CB5ABC" w14:textId="40E9DFD3" w:rsidR="00E02465" w:rsidRPr="00302F6E" w:rsidRDefault="00E02465" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:t xml:space="preserve">Modifications to Multifamily Loan and Security Agreement (Insurance </w:t>
       </w:r>
       <w:r>
         <w:t>Reserve</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:t>) (62</w:t>
       </w:r>
       <w:r>
         <w:t>81</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0621FC44" w14:textId="78EDAD02" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00165173">
+    <w:p w14:paraId="7130B1B2" w14:textId="2E99102C" w:rsidR="007B1E49" w:rsidRDefault="00F43387" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="-720"/>
+          <w:tab w:val="clear" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="clear" w:pos="2160"/>
+          <w:tab w:val="clear" w:pos="2880"/>
+          <w:tab w:val="clear" w:pos="3600"/>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="5040"/>
+          <w:tab w:val="clear" w:pos="5760"/>
+          <w:tab w:val="clear" w:pos="6480"/>
+          <w:tab w:val="clear" w:pos="7200"/>
+          <w:tab w:val="clear" w:pos="7920"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="clear" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+      <w:bookmarkStart w:id="219" w:name="_Ref215666865"/>
+      <w:r>
+        <w:t xml:space="preserve">Guaranty of </w:t>
+      </w:r>
+      <w:r w:rsidR="007B1E49">
+        <w:t xml:space="preserve">Commercial </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Rents</w:t>
+      </w:r>
+      <w:r w:rsidR="007B1E49" w:rsidRPr="00302F6E">
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="219"/>
+    </w:p>
+    <w:p w14:paraId="22D467EB" w14:textId="4C4AFCF8" w:rsidR="005E3FEF" w:rsidRDefault="005E3FEF" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>hoose only the applicable one</w:t>
+      </w:r>
+      <w:r>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F7FE0C9" w14:textId="6661F81A" w:rsidR="007B1E49" w:rsidRDefault="007B1E49" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Agreement to Pay and Guaranty of Commercial Rents (Guaranty of Commercial Lease) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:t>6022.CL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54DBC66F" w14:textId="5777F2C8" w:rsidR="007B1E49" w:rsidRDefault="007B1E49" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Agreement to Pay and Guaranty of Commercial Rents (Guaranty of Master and Commercial Lease) (6022.ML/CL</w:t>
+      </w:r>
+      <w:r w:rsidR="005E3FEF">
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77EF562A" w14:textId="34AE68EC" w:rsidR="007B1E49" w:rsidRPr="007B1E49" w:rsidRDefault="007B1E49" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Guaranty of Commercial Rents (</w:t>
+      </w:r>
+      <w:r w:rsidR="00F43387">
+        <w:t xml:space="preserve">Guaranty of </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Master Lease)</w:t>
+      </w:r>
+      <w:r w:rsidR="005E3FEF">
+        <w:t xml:space="preserve"> (6022.ML).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65F9FFC3" w14:textId="15C19B72" w:rsidR="00817BC0" w:rsidRDefault="00817BC0" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00817BC0">
+        <w:t>Modifications to Multifamily Loan and Security Agreement (Commercial Space Master Lease) (6278)</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26D3D5D5" w14:textId="5A783286" w:rsidR="00817BC0" w:rsidRPr="00817BC0" w:rsidRDefault="00817BC0" w:rsidP="00D60F77">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00817BC0">
+        <w:t>For use when the tenant is a Borrower Affiliate under a Master Lease</w:t>
+      </w:r>
+      <w:r w:rsidR="003153EB">
+        <w:t xml:space="preserve"> covering vacant commercial space to produce income</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00817BC0">
+        <w:t>: Subordination, Attornment and Assignment Agreement (Master Lease) (6415.AFF.ML)</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0621FC44" w14:textId="78EDAD02" w:rsidR="009E28F5" w:rsidRPr="007B1E49" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="720"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="60D7775F" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="60D7775F" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00D60F77">
       <w:pPr>
         <w:sectPr w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidSect="00811F97">
           <w:footerReference w:type="default" r:id="rId8"/>
           <w:footerReference w:type="first" r:id="rId9"/>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="450B59F8" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="4CD394F2" w14:textId="77777777" w:rsidR="002C1A89" w:rsidRPr="00302F6E" w:rsidRDefault="002C1A89" w:rsidP="002C1A89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
         </w:tabs>
         <w:spacing w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>INDEX</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F874C7E" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="6C05F71B" w14:textId="77777777" w:rsidR="002C1A89" w:rsidRPr="00302F6E" w:rsidRDefault="002C1A89" w:rsidP="002C1A89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
         </w:tabs>
         <w:spacing w:after="240"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Page</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="648E6FF6" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="3BE5B5EE" w14:textId="77777777" w:rsidR="002C1A89" w:rsidRPr="00302F6E" w:rsidRDefault="002C1A89" w:rsidP="002C1A89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
         </w:tabs>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Loan Agreement Schedules for Interest Rate Types</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="476A29AD" w14:textId="0211A295" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="76812D52" w14:textId="3EEE69AB" w:rsidR="002C1A89" w:rsidRPr="00302F6E" w:rsidRDefault="002C1A89" w:rsidP="002C1A89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="115"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:instrText xml:space="preserve"> REF _Ref47610338 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01" w:rsidRPr="00302F6E">
+      <w:r w:rsidRPr="00302F6E">
         <w:t>ARM Loan.</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:instrText xml:space="preserve"> PAGEREF _Ref47610347 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4ECDAE9C" w14:textId="5C36AF3A" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="54B49607" w14:textId="6B80FF6B" w:rsidR="002C1A89" w:rsidRPr="00302F6E" w:rsidRDefault="002C1A89" w:rsidP="002C1A89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="115"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:instrText xml:space="preserve"> REF _Ref47610292 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01" w:rsidRPr="00302F6E">
+      <w:r w:rsidRPr="00302F6E">
         <w:t>Fixed Rate Mortgage Loan.</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:instrText xml:space="preserve"> PAGEREF _Ref47610298 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43B06B91" w14:textId="5F24BF16" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="2EEC7278" w14:textId="22CFC337" w:rsidR="002C1A89" w:rsidRPr="00302F6E" w:rsidRDefault="002C1A89" w:rsidP="002C1A89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="115"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:instrText xml:space="preserve"> REF _Ref47610319 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01" w:rsidRPr="00302F6E">
+      <w:r w:rsidRPr="00302F6E">
         <w:t>Fixed+1 Mortgage Loan.</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:instrText xml:space="preserve"> PAGEREF _Ref47610310 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="621B6BCC" w14:textId="529A8737" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="3FF03CF6" w14:textId="146CAC23" w:rsidR="002C1A89" w:rsidRPr="00302F6E" w:rsidRDefault="002C1A89" w:rsidP="002C1A89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="115"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:instrText xml:space="preserve"> REF _Ref47610360 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01" w:rsidRPr="00302F6E">
+      <w:r w:rsidRPr="00302F6E">
         <w:t>Hybrid ARM Loan.</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:instrText xml:space="preserve"> PAGEREF _Ref47610367 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51034DF2" w14:textId="4688BA19" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="7E5F7B43" w14:textId="28865F26" w:rsidR="002C1A89" w:rsidRPr="00302F6E" w:rsidRDefault="002C1A89" w:rsidP="002C1A89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="115"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:instrText xml:space="preserve"> REF _Ref47610260 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01" w:rsidRPr="00302F6E">
+      <w:r w:rsidRPr="00302F6E">
         <w:t>Structured ARM Loan.</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:instrText xml:space="preserve"> PAGEREF _Ref47610272 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06D218C8" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="3008A7A3" w14:textId="77777777" w:rsidR="002C1A89" w:rsidRPr="00302F6E" w:rsidRDefault="002C1A89" w:rsidP="002C1A89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
         </w:tabs>
         <w:spacing w:before="360" w:after="240"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Additional Loan Documents for Asset Classes, Special Product Features and Execution Types</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="450D584B" w14:textId="02A28AA5" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="5713DA13" w14:textId="5759ACE9" w:rsidR="002C1A89" w:rsidRPr="00302F6E" w:rsidRDefault="002C1A89" w:rsidP="002C1A89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="115"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:instrText xml:space="preserve"> REF _Ref47610502 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01" w:rsidRPr="00302F6E">
+      <w:r w:rsidRPr="00302F6E">
         <w:t xml:space="preserve">1031 </w:t>
       </w:r>
-      <w:r w:rsidR="00D16C01">
+      <w:r>
         <w:t xml:space="preserve">Reverse </w:t>
       </w:r>
-      <w:r w:rsidR="00D16C01" w:rsidRPr="00302F6E">
+      <w:r w:rsidRPr="00302F6E">
         <w:t>Exchanges.</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:instrText xml:space="preserve"> PAGEREF _Ref47610510 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C011275" w14:textId="46BCA2CE" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="2FA1FE25" w14:textId="290BD1E7" w:rsidR="002C1A89" w:rsidRPr="00302F6E" w:rsidRDefault="002C1A89" w:rsidP="002C1A89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="115"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:instrText xml:space="preserve"> REF _Ref47610518 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01" w:rsidRPr="00302F6E">
+      <w:r w:rsidRPr="00302F6E">
         <w:t>Choice Refinance.</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:instrText xml:space="preserve"> PAGEREF _Ref47610523 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DE8357B" w14:textId="0AAFD6CB" w:rsidR="00ED4E3B" w:rsidRPr="00302F6E" w:rsidRDefault="00ED4E3B" w:rsidP="00ED4E3B">
+    <w:p w14:paraId="749F92DA" w14:textId="6729321B" w:rsidR="002C1A89" w:rsidRPr="00302F6E" w:rsidRDefault="002C1A89" w:rsidP="002C1A89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="115"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:instrText xml:space="preserve"> REF _Ref96070482 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01" w:rsidRPr="00302F6E">
+      <w:r w:rsidRPr="00302F6E">
         <w:t>Co-Borrowers.</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:instrText xml:space="preserve"> PAGEREF _Ref96070482 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="402DEAD8" w14:textId="5584125D" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="28D1A4FD" w14:textId="2CF4AD37" w:rsidR="002C1A89" w:rsidRPr="00302F6E" w:rsidRDefault="002C1A89" w:rsidP="002C1A89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="115"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:instrText xml:space="preserve"> REF _Ref47610550 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01" w:rsidRPr="00302F6E">
+      <w:r w:rsidRPr="00302F6E">
         <w:t>Condominiums.</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:instrText xml:space="preserve"> PAGEREF _Ref47610559 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C97403A" w14:textId="38CCB0BA" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="0DB3580D" w14:textId="63601DA3" w:rsidR="002C1A89" w:rsidRPr="00302F6E" w:rsidRDefault="002C1A89" w:rsidP="002C1A89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="115"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:instrText xml:space="preserve"> REF _Ref47610566 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01" w:rsidRPr="00302F6E">
+      <w:r w:rsidRPr="00302F6E">
         <w:t>Cooperative Properties.</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:instrText xml:space="preserve"> PAGEREF _Ref47610573 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22495544" w14:textId="74606D06" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="3445B1E8" w14:textId="28404F45" w:rsidR="002C1A89" w:rsidRPr="00302F6E" w:rsidRDefault="002C1A89" w:rsidP="002C1A89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="115"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:instrText xml:space="preserve"> REF _Ref99614437 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01" w:rsidRPr="00302F6E">
+      <w:r w:rsidRPr="00302F6E">
         <w:t>Co-Tenants (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00D16C01" w:rsidRPr="00302F6E">
+      <w:r w:rsidRPr="00302F6E">
         <w:t>TICs</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00D16C01" w:rsidRPr="00302F6E">
+      <w:r w:rsidRPr="00302F6E">
         <w:t>).</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:instrText xml:space="preserve"> PAGEREF _Ref99614437 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7258D729" w14:textId="61A18487" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="70C6DA2F" w14:textId="3F5598D9" w:rsidR="002C1A89" w:rsidRPr="00302F6E" w:rsidRDefault="002C1A89" w:rsidP="002C1A89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="115"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:instrText xml:space="preserve"> REF _Ref47610585 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01" w:rsidRPr="00302F6E">
+      <w:r w:rsidRPr="00302F6E">
         <w:t>Cross-Default and Cross-Collateralization.</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:instrText xml:space="preserve"> PAGEREF _Ref47610579 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55432858" w14:textId="5490D6C4" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="17AD332A" w14:textId="212F2AA4" w:rsidR="002C1A89" w:rsidRPr="00302F6E" w:rsidRDefault="002C1A89" w:rsidP="002C1A89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="115"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:instrText xml:space="preserve"> REF  _Ref47610597 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01" w:rsidRPr="00302F6E">
+      <w:r w:rsidRPr="00302F6E">
         <w:t>Defeasance.</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:instrText xml:space="preserve"> PAGEREF _Ref47610602 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C6F99E7" w14:textId="15CCBB1C" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="6A908FEC" w14:textId="1B08018E" w:rsidR="002C1A89" w:rsidRPr="00302F6E" w:rsidRDefault="002C1A89" w:rsidP="002C1A89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="115"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:instrText xml:space="preserve"> REF  _Ref78897148 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01" w:rsidRPr="00302F6E">
+      <w:r w:rsidRPr="00302F6E">
         <w:t>Delaware Statutory Trusts.</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:instrText xml:space="preserve"> PAGEREF _Ref78897148 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="306FF5E8" w14:textId="72856E6E" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="46EE3D61" w14:textId="2B6C0D28" w:rsidR="002C1A89" w:rsidRPr="00302F6E" w:rsidRDefault="002C1A89" w:rsidP="002C1A89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="115"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:instrText xml:space="preserve"> REF _Ref99010760 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01" w:rsidRPr="00302F6E">
+      <w:r w:rsidRPr="00302F6E">
         <w:t>Expanded Housing Choice.</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:instrText xml:space="preserve"> PAGEREF _Ref99010760 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>11</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52398798" w14:textId="35A04C61" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="3CB59A9D" w14:textId="0051ACDE" w:rsidR="002C1A89" w:rsidRPr="00302F6E" w:rsidRDefault="002C1A89" w:rsidP="002C1A89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="115"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:instrText xml:space="preserve"> REF _Ref99614480 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01" w:rsidRPr="00302F6E">
+      <w:r w:rsidRPr="00302F6E">
         <w:t>FHA Risk Sharing Mortgage Loans.</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:instrText xml:space="preserve"> PAGEREF _Ref99614480 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>11</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0413A28C" w14:textId="461761E3" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="1DF953DA" w14:textId="2F0905E1" w:rsidR="002C1A89" w:rsidRPr="00302F6E" w:rsidRDefault="002C1A89" w:rsidP="002C1A89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="115"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:instrText xml:space="preserve"> REF _Ref47610633 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01" w:rsidRPr="00302F6E">
+      <w:r w:rsidRPr="00302F6E">
         <w:t>Green Mortgage Loans.</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:instrText xml:space="preserve"> PAGEREF _Ref47610628 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>11</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="004F7D8D" w14:textId="3D327DE5" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="01128B5F" w14:textId="6D589D80" w:rsidR="002C1A89" w:rsidRPr="00302F6E" w:rsidRDefault="002C1A89" w:rsidP="002C1A89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="115"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:instrText xml:space="preserve"> REF _Ref47610640 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01" w:rsidRPr="00302F6E">
+      <w:r w:rsidRPr="00302F6E">
         <w:t>Ground Leases.</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:instrText xml:space="preserve"> PAGEREF _Ref47610646 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>11</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04902F8A" w14:textId="4D8E2EF1" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="3F795F54" w14:textId="40AD2A2B" w:rsidR="002C1A89" w:rsidRPr="00302F6E" w:rsidRDefault="002C1A89" w:rsidP="002C1A89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="115"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:instrText xml:space="preserve"> REF _Ref47610661 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01" w:rsidRPr="00302F6E">
+      <w:r w:rsidRPr="00302F6E">
         <w:t>HAP Contracts (Section 8).</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:instrText xml:space="preserve"> PAGEREF _Ref47610655 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>12</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E5C0F63" w14:textId="77142717" w:rsidR="00D33F54" w:rsidRPr="00302F6E" w:rsidRDefault="00D33F54" w:rsidP="009E28F5">
+    <w:p w14:paraId="0B6412D6" w14:textId="1394A2AD" w:rsidR="002C1A89" w:rsidRPr="00302F6E" w:rsidRDefault="002C1A89" w:rsidP="002C1A89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="115"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
-        <w:instrText xml:space="preserve"> REF _Ref103606605 \h </w:instrText>
+        <w:instrText xml:space="preserve"> REF _Ref103606654 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01" w:rsidRPr="00302F6E">
-[...14 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Legal Non-Conforming Use or Legal Non-Conforming Status.</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
-        <w:instrText xml:space="preserve"> PAGEREF _Ref103606625 \h </w:instrText>
+        <w:instrText xml:space="preserve"> PAGEREF _Ref103606654 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>13</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52BD9F9A" w14:textId="1E665F4A" w:rsidR="00E16EC6" w:rsidRPr="00302F6E" w:rsidRDefault="00E16EC6" w:rsidP="00E16EC6">
+    <w:p w14:paraId="19336061" w14:textId="1207BF37" w:rsidR="002C1A89" w:rsidRPr="00302F6E" w:rsidRDefault="002C1A89" w:rsidP="002C1A89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="115"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
-        <w:instrText xml:space="preserve"> REF _Ref103606654 \h </w:instrText>
+        <w:instrText xml:space="preserve"> REF _Ref100562391 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01" w:rsidRPr="00302F6E">
-        <w:t>Legal Non-Conforming Use or Legal Non-Conforming Status.</w:t>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Manufactured Housing.</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
-        <w:instrText xml:space="preserve"> PAGEREF _Ref103606654 \h </w:instrText>
+        <w:instrText xml:space="preserve"> PAGEREF _Ref100562391 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>13</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E8B6EF6" w14:textId="5FAD9A08" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="63052B66" w14:textId="01E474D2" w:rsidR="002C1A89" w:rsidRPr="00302F6E" w:rsidRDefault="002C1A89" w:rsidP="002C1A89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="115"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
-        <w:instrText xml:space="preserve"> REF _Ref100562391 \h </w:instrText>
+        <w:instrText xml:space="preserve"> REF _Ref99707911 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01" w:rsidRPr="00302F6E">
-        <w:t>Manufactured Housing.</w:t>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Maryland IDOT Mortgage Loans.</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
-        <w:instrText xml:space="preserve"> PAGEREF _Ref100562391 \h </w:instrText>
+        <w:instrText xml:space="preserve"> PAGEREF _Ref99707911 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>13</w:t>
+        <w:t>14</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="762CBB41" w14:textId="6C0CBD83" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="585ED0CE" w14:textId="05883A7A" w:rsidR="002C1A89" w:rsidRPr="00302F6E" w:rsidRDefault="002C1A89" w:rsidP="002C1A89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="115"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
-        <w:instrText xml:space="preserve"> REF _Ref99707911 \h </w:instrText>
+        <w:instrText xml:space="preserve"> REF _Ref47610716 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01" w:rsidRPr="00302F6E">
-        <w:t>Maryland IDOT Mortgage Loans.</w:t>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Master Leases.</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
-        <w:instrText xml:space="preserve"> PAGEREF _Ref99707911 \h </w:instrText>
+        <w:instrText xml:space="preserve"> PAGEREF _Ref47610724 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>14</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D1893CB" w14:textId="2398A41F" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="487D4621" w14:textId="2BAD7F0A" w:rsidR="002C1A89" w:rsidRPr="00302F6E" w:rsidRDefault="002C1A89" w:rsidP="002C1A89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="115"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
-        <w:instrText xml:space="preserve"> REF _Ref47610716 \h </w:instrText>
+        <w:instrText xml:space="preserve"> REF _Ref47611087 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01" w:rsidRPr="00302F6E">
-        <w:t>Master Leases.</w:t>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Mezzanine Loan Financing.</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
-        <w:instrText xml:space="preserve"> PAGEREF _Ref47610724 \h </w:instrText>
+        <w:instrText xml:space="preserve"> PAGEREF _Ref47611093 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>14</w:t>
+        <w:t>16</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22EA8ADF" w14:textId="32D181FB" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="08F82AEC" w14:textId="2534CD6F" w:rsidR="002C1A89" w:rsidRPr="00302F6E" w:rsidRDefault="002C1A89" w:rsidP="002C1A89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="115"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
-        <w:instrText xml:space="preserve"> REF _Ref47611087 \h </w:instrText>
+        <w:instrText xml:space="preserve"> REF _Ref47611111 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01" w:rsidRPr="00302F6E">
-        <w:t>Mezzanine Loan Financing.</w:t>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t xml:space="preserve">New York </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>CEMA</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t xml:space="preserve"> Loans.</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
-        <w:instrText xml:space="preserve"> PAGEREF _Ref47611093 \h </w:instrText>
+        <w:instrText xml:space="preserve"> PAGEREF _Ref47611105 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>16</w:t>
+        <w:t>17</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1ADE425D" w14:textId="5D5772B5" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="3393456D" w14:textId="0744DB48" w:rsidR="002C1A89" w:rsidRPr="00302F6E" w:rsidRDefault="002C1A89" w:rsidP="002C1A89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="115"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
-        <w:instrText xml:space="preserve"> REF _Ref47611111 \h </w:instrText>
+        <w:instrText xml:space="preserve"> REF _Ref47611125 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01" w:rsidRPr="00302F6E">
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> Loans.</w:t>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Phased Properties.</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
-        <w:instrText xml:space="preserve"> PAGEREF _Ref47611105 \h </w:instrText>
+        <w:instrText xml:space="preserve"> PAGEREF _Ref47611131 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>17</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BA4A9D9" w14:textId="76238B12" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="33DB2816" w14:textId="62F1ECCD" w:rsidR="002C1A89" w:rsidRPr="00302F6E" w:rsidRDefault="002C1A89" w:rsidP="002C1A89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="115"/>
         <w:jc w:val="left"/>
+        <w:rPr>
+          <w:lang w:val="es-PR"/>
+        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
-        <w:instrText xml:space="preserve"> REF _Ref47611125 \h </w:instrText>
+        <w:rPr>
+          <w:lang w:val="es-PR"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> REF _Ref47611142 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01" w:rsidRPr="00302F6E">
-        <w:t>Phased Properties.</w:t>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Preferred Equity.</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
+        <w:rPr>
+          <w:lang w:val="es-PR"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
-        <w:instrText xml:space="preserve"> PAGEREF _Ref47611131 \h </w:instrText>
+        <w:rPr>
+          <w:lang w:val="es-PR"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> PAGEREF _Ref47611149 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01">
+      <w:r>
         <w:rPr>
           <w:noProof/>
+          <w:lang w:val="es-PR"/>
         </w:rPr>
         <w:t>18</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5714CF49" w14:textId="638BE40E" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="799DA463" w14:textId="6F300382" w:rsidR="002C1A89" w:rsidRPr="00302F6E" w:rsidRDefault="002C1A89" w:rsidP="002C1A89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="115"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="es-PR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:rPr>
           <w:lang w:val="es-PR"/>
         </w:rPr>
-        <w:instrText xml:space="preserve"> REF _Ref47611142 \h </w:instrText>
+        <w:instrText xml:space="preserve"> REF _Ref112332613 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01" w:rsidRPr="00302F6E">
-        <w:t>Preferred Equity.</w:t>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Puerto Rico Properties.</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:rPr>
           <w:lang w:val="es-PR"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:rPr>
           <w:lang w:val="es-PR"/>
         </w:rPr>
-        <w:instrText xml:space="preserve"> PAGEREF _Ref47611149 \h </w:instrText>
+        <w:instrText xml:space="preserve"> PAGEREF _Ref112332613 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01">
+      <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="es-PR"/>
         </w:rPr>
         <w:t>18</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01E3CABE" w14:textId="674B09EB" w:rsidR="001149B9" w:rsidRPr="00302F6E" w:rsidRDefault="001149B9" w:rsidP="009E28F5">
+    <w:p w14:paraId="2FB86659" w14:textId="1BC48227" w:rsidR="002C1A89" w:rsidRPr="00302F6E" w:rsidRDefault="002C1A89" w:rsidP="002C1A89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="115"/>
         <w:jc w:val="left"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
-        <w:rPr>
-[...2 lines deleted...]
-        <w:instrText xml:space="preserve"> REF _Ref112332613 \h </w:instrText>
+        <w:instrText xml:space="preserve"> REF _Ref129874328 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01" w:rsidRPr="00302F6E">
-        <w:t>Puerto Rico Properties.</w:t>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Quarterly Financial Reporting Waiver</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
-        <w:rPr>
-[...2 lines deleted...]
-        <w:instrText xml:space="preserve"> PAGEREF _Ref112332613 \h </w:instrText>
+        <w:instrText xml:space="preserve"> PAGEREF _Ref129874328 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01">
+      <w:r>
         <w:rPr>
           <w:noProof/>
-          <w:lang w:val="es-PR"/>
         </w:rPr>
         <w:t>18</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="124B4E12" w14:textId="498DC3D7" w:rsidR="00DE57C2" w:rsidRPr="00302F6E" w:rsidRDefault="00DE57C2" w:rsidP="009E28F5">
+    <w:p w14:paraId="503B2BE3" w14:textId="616FFABA" w:rsidR="002C1A89" w:rsidRPr="00302F6E" w:rsidRDefault="002C1A89" w:rsidP="002C1A89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="115"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
-        <w:instrText xml:space="preserve"> REF _Ref129874328 \h </w:instrText>
+        <w:instrText xml:space="preserve"> REF _Ref47611172 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01" w:rsidRPr="00302F6E">
-        <w:t>Quarterly Financial Reporting Waiver</w:t>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Recourse Mortgage Loans.</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
-        <w:instrText xml:space="preserve"> PAGEREF _Ref129874328 \h </w:instrText>
+        <w:instrText xml:space="preserve"> PAGEREF _Ref47611177 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>19</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="278E47FA" w14:textId="0333E08F" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="090F8F37" w14:textId="550C9F58" w:rsidR="002C1A89" w:rsidRPr="00302F6E" w:rsidRDefault="002C1A89" w:rsidP="002C1A89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="115"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
-        <w:instrText xml:space="preserve"> REF _Ref47611172 \h </w:instrText>
+        <w:instrText xml:space="preserve"> REF _Ref47611185 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01" w:rsidRPr="00302F6E">
-        <w:t>Recourse Mortgage Loans.</w:t>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Refinance Mortgage Loans.</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
-        <w:instrText xml:space="preserve"> PAGEREF _Ref47611177 \h </w:instrText>
+        <w:instrText xml:space="preserve"> PAGEREF _Ref47611193 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>19</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="186BFD64" w14:textId="3D137BE6" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="34F5EC1A" w14:textId="62F7E605" w:rsidR="002C1A89" w:rsidRPr="00302F6E" w:rsidRDefault="002C1A89" w:rsidP="002C1A89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="115"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
-        <w:instrText xml:space="preserve"> REF _Ref47611185 \h </w:instrText>
+        <w:instrText xml:space="preserve"> REF _Ref47611206 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01" w:rsidRPr="00302F6E">
-        <w:t>Refinance Mortgage Loans.</w:t>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Seniors Housing.</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
-        <w:instrText xml:space="preserve"> PAGEREF _Ref47611193 \h </w:instrText>
+        <w:instrText xml:space="preserve"> PAGEREF _Ref47611212 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>19</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01E4A851" w14:textId="6E9C386B" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="596F60FC" w14:textId="51B5BF3A" w:rsidR="002C1A89" w:rsidRPr="00302F6E" w:rsidRDefault="002C1A89" w:rsidP="002C1A89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="115"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
-        <w:instrText xml:space="preserve"> REF _Ref47611206 \h </w:instrText>
+        <w:instrText xml:space="preserve"> REF _Ref146879761 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01" w:rsidRPr="00302F6E">
-        <w:t>Seniors Housing.</w:t>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Shared Use Properties.</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
-        <w:instrText xml:space="preserve"> PAGEREF _Ref47611212 \h </w:instrText>
+        <w:instrText xml:space="preserve"> PAGEREF _Ref146879761 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>19</w:t>
+        <w:t>23</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2275C2F2" w14:textId="7FD0BAFF" w:rsidR="006C597D" w:rsidRPr="00302F6E" w:rsidRDefault="006C597D" w:rsidP="009E28F5">
+    <w:p w14:paraId="20E87E96" w14:textId="16BE0DE9" w:rsidR="002C1A89" w:rsidRPr="00302F6E" w:rsidRDefault="002C1A89" w:rsidP="002C1A89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="115"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
-        <w:instrText xml:space="preserve"> REF _Ref146879761 \h </w:instrText>
+        <w:instrText xml:space="preserve"> REF _Ref146879964 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01" w:rsidRPr="00302F6E">
-        <w:t>Shared Use Properties.</w:t>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Solar Photovoltaic – Existing System (Non-Green Rewards Mortgage Loan).</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
-        <w:instrText xml:space="preserve"> PAGEREF _Ref146879761 \h </w:instrText>
+        <w:instrText xml:space="preserve"> PAGEREF _Ref146879964 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>23</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47941E37" w14:textId="4454C839" w:rsidR="00A36B4D" w:rsidRPr="00302F6E" w:rsidRDefault="00A36B4D" w:rsidP="009E28F5">
+    <w:p w14:paraId="124D0E92" w14:textId="7A19FE53" w:rsidR="002C1A89" w:rsidRPr="00302F6E" w:rsidRDefault="002C1A89" w:rsidP="002C1A89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="115"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
-        <w:instrText xml:space="preserve"> REF _Ref146879964 \h </w:instrText>
+        <w:instrText xml:space="preserve"> REF _Ref146626380 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01" w:rsidRPr="00302F6E">
-        <w:t>Solar Photovoltaic – Existing System (Non-Green Rewards Mortgage Loan).</w:t>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Sponsor-Dedicated Workforce Housing.</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
-        <w:instrText xml:space="preserve"> PAGEREF _Ref146879964 \h </w:instrText>
+        <w:instrText xml:space="preserve"> PAGEREF _Ref146626380 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>23</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2873C4F8" w14:textId="4D16B0EA" w:rsidR="002F63FD" w:rsidRPr="00302F6E" w:rsidRDefault="002F63FD" w:rsidP="009E28F5">
+    <w:p w14:paraId="3134B4DB" w14:textId="3E3CC724" w:rsidR="002C1A89" w:rsidRPr="00302F6E" w:rsidRDefault="002C1A89" w:rsidP="002C1A89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="115"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
-        <w:instrText xml:space="preserve"> REF _Ref146626380 \h </w:instrText>
+        <w:instrText xml:space="preserve"> REF _Ref63878076 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01" w:rsidRPr="00302F6E">
-        <w:t>Sponsor-Dedicated Workforce Housing.</w:t>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Streamlined Rate Lock Mortgage Loans.</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
-        <w:instrText xml:space="preserve"> PAGEREF _Ref146626380 \h </w:instrText>
+        <w:instrText xml:space="preserve"> PAGEREF _Ref47611231 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>23</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B84189A" w14:textId="7ADE624A" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="4E0B09C7" w14:textId="35BE323C" w:rsidR="002C1A89" w:rsidRPr="00302F6E" w:rsidRDefault="002C1A89" w:rsidP="002C1A89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="115"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:lastRenderedPageBreak/>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
-        <w:instrText xml:space="preserve"> REF _Ref63878076 \h </w:instrText>
+        <w:instrText xml:space="preserve"> REF _Ref47611238 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01" w:rsidRPr="00302F6E">
-        <w:t>Streamlined Rate Lock Mortgage Loans.</w:t>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Supplemental Mortgage Loans.</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
-        <w:instrText xml:space="preserve"> PAGEREF _Ref47611231 \h </w:instrText>
+        <w:instrText xml:space="preserve"> PAGEREF _Ref47611242 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>23</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55B08E8E" w14:textId="04E199D4" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="1882F76E" w14:textId="2368ED64" w:rsidR="002C1A89" w:rsidRPr="00302F6E" w:rsidRDefault="002C1A89" w:rsidP="002C1A89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="115"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
-        <w:instrText xml:space="preserve"> REF _Ref47611238 \h </w:instrText>
+        <w:instrText xml:space="preserve"> REF _Ref47611259 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01" w:rsidRPr="00302F6E">
-        <w:t>Supplemental Mortgage Loans.</w:t>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Tax Credit Properties.</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
-        <w:instrText xml:space="preserve"> PAGEREF _Ref47611242 \h </w:instrText>
+        <w:instrText xml:space="preserve"> PAGEREF _Ref47611253 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>24</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7159C9C8" w14:textId="18A6322B" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="735AEC28" w14:textId="77777777" w:rsidR="002C1A89" w:rsidRPr="00302F6E" w:rsidRDefault="002C1A89" w:rsidP="002C1A89">
+      <w:pPr>
+        <w:keepNext/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:before="360" w:after="240"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00302F6E">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Miscellaneous Loan Documents</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0222B964" w14:textId="55C5947C" w:rsidR="002C1A89" w:rsidRPr="00302F6E" w:rsidRDefault="002C1A89" w:rsidP="002C1A89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="115"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
-        <w:instrText xml:space="preserve"> REF _Ref47611259 \h </w:instrText>
+        <w:instrText xml:space="preserve"> REF _Ref47611278 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01" w:rsidRPr="00302F6E">
-        <w:t>Tax Credit Properties.</w:t>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Achievement Agreement.</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
-        <w:instrText xml:space="preserve"> PAGEREF _Ref47611253 \h </w:instrText>
+        <w:instrText xml:space="preserve"> PAGEREF _Ref47611284 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>24</w:t>
+        <w:t>25</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C9EE296" w14:textId="77777777" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
-[...17 lines deleted...]
-    <w:p w14:paraId="166761BF" w14:textId="279198B1" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="092ED260" w14:textId="2567CA64" w:rsidR="002C1A89" w:rsidRPr="00302F6E" w:rsidRDefault="002C1A89" w:rsidP="002C1A89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="115"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
-        <w:instrText xml:space="preserve"> REF _Ref47611278 \h </w:instrText>
+        <w:instrText xml:space="preserve"> REF _Ref47611608 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01" w:rsidRPr="00302F6E">
-        <w:t>Achievement Agreement.</w:t>
+      <w:r w:rsidRPr="00421C84">
+        <w:t>Agreement Restricting Rent, Income</w:t>
+      </w:r>
+      <w:r>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00421C84">
+        <w:t xml:space="preserve"> or Both</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
-        <w:instrText xml:space="preserve"> PAGEREF _Ref47611284 \h </w:instrText>
+        <w:instrText xml:space="preserve"> PAGEREF _Ref47611602 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>25</w:t>
+        <w:t>29</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F1E78D8" w14:textId="11199015" w:rsidR="00421C84" w:rsidRPr="00302F6E" w:rsidRDefault="00421C84" w:rsidP="00421C84">
+    <w:p w14:paraId="64496453" w14:textId="692ADB97" w:rsidR="002C1A89" w:rsidRPr="00302F6E" w:rsidRDefault="002C1A89" w:rsidP="002C1A89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="115"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
-        <w:instrText xml:space="preserve"> REF _Ref47611608 \h </w:instrText>
+        <w:instrText xml:space="preserve"> REF _Ref99614022 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01" w:rsidRPr="00421C84">
-[...9 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Annual Loan Agreement Certifications.</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
-        <w:instrText xml:space="preserve"> PAGEREF _Ref47611602 \h </w:instrText>
+        <w:instrText xml:space="preserve"> PAGEREF _Ref99614022 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>29</w:t>
+        <w:t>31</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="171D9A48" w14:textId="7A3AA807" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="6E9A9E81" w14:textId="6DCD9FEE" w:rsidR="002C1A89" w:rsidRPr="00302F6E" w:rsidRDefault="002C1A89" w:rsidP="002C1A89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="115"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
-        <w:instrText xml:space="preserve"> REF _Ref99614022 \h </w:instrText>
+        <w:instrText xml:space="preserve"> REF _Ref47611566 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01" w:rsidRPr="00302F6E">
-        <w:t>Annual Loan Agreement Certifications.</w:t>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Assumption Agreements.</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
-        <w:instrText xml:space="preserve"> PAGEREF _Ref99614022 \h </w:instrText>
+        <w:instrText xml:space="preserve"> PAGEREF _Ref47611571 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>31</w:t>
+        <w:t>27</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65B470FB" w14:textId="4A674533" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="3CBFAE07" w14:textId="25F2CE74" w:rsidR="002C1A89" w:rsidRPr="00302F6E" w:rsidRDefault="002C1A89" w:rsidP="002C1A89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="115"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
-        <w:instrText xml:space="preserve"> REF _Ref47611566 \h </w:instrText>
+        <w:instrText xml:space="preserve"> REF _Ref47611664 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01" w:rsidRPr="00302F6E">
-        <w:t>Assumption Agreements.</w:t>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Cash Management.</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
-        <w:instrText xml:space="preserve"> PAGEREF _Ref47611571 \h </w:instrText>
+        <w:instrText xml:space="preserve"> PAGEREF _Ref47611667 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>28</w:t>
+        <w:t>30</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="565F2932" w14:textId="162AB92B" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="2084236D" w14:textId="64684E37" w:rsidR="002C1A89" w:rsidRPr="00302F6E" w:rsidRDefault="002C1A89" w:rsidP="002C1A89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="115"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
-        <w:instrText xml:space="preserve"> REF _Ref47611664 \h </w:instrText>
+        <w:instrText xml:space="preserve"> REF _Ref47611616 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01" w:rsidRPr="00302F6E">
-        <w:t>Cash Management.</w:t>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Consent to United States Jurisdiction</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
-        <w:instrText xml:space="preserve"> PAGEREF _Ref47611667 \h </w:instrText>
+        <w:instrText xml:space="preserve"> PAGEREF _Ref47611623 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>30</w:t>
+        <w:t>29</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BBC3F1B" w14:textId="34CAFC17" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="084FE11F" w14:textId="110A79D1" w:rsidR="002C1A89" w:rsidRPr="00302F6E" w:rsidRDefault="002C1A89" w:rsidP="002C1A89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="115"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
-        <w:instrText xml:space="preserve"> REF _Ref47611616 \h </w:instrText>
+        <w:instrText xml:space="preserve"> REF _Ref47611552 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01" w:rsidRPr="00302F6E">
-        <w:t>Consent to United States Jurisdiction</w:t>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>ERISA.</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
-        <w:instrText xml:space="preserve"> PAGEREF _Ref47611623 \h </w:instrText>
+        <w:instrText xml:space="preserve"> PAGEREF _Ref47611556 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>29</w:t>
+        <w:t>27</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FCD9D6B" w14:textId="5359D44D" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="7B7C118A" w14:textId="1C9D52AD" w:rsidR="002C1A89" w:rsidRPr="00302F6E" w:rsidRDefault="002C1A89" w:rsidP="002C1A89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="115"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
-        <w:instrText xml:space="preserve"> REF _Ref47611552 \h </w:instrText>
+        <w:instrText xml:space="preserve"> REF _Ref47611542 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01" w:rsidRPr="00302F6E">
-        <w:t>ERISA.</w:t>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>Estoppel Certificates.</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
-        <w:instrText xml:space="preserve"> PAGEREF _Ref47611556 \h </w:instrText>
+        <w:instrText xml:space="preserve"> PAGEREF _Ref47611536 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>28</w:t>
+        <w:t>27</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E1CC499" w14:textId="076F115B" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="7E9A6CD7" w14:textId="1FDD7D29" w:rsidR="0059268D" w:rsidRDefault="0059268D" w:rsidP="002C1A89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="115"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r w:rsidRPr="00302F6E">
+      <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidRPr="00302F6E">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00302F6E">
+      <w:r>
+        <w:instrText xml:space="preserve"> REF _Ref215666865 \h </w:instrText>
+      </w:r>
+      <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01" w:rsidRPr="00302F6E">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00302F6E">
+      <w:r>
+        <w:t>Guaranty of Commercial Rents</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00302F6E">
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00302F6E">
+      <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidRPr="00302F6E">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00302F6E">
+      <w:r>
+        <w:instrText xml:space="preserve"> PAGEREF _Ref215666865 \h </w:instrText>
+      </w:r>
+      <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>27</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00302F6E">
+        <w:t>32</w:t>
+      </w:r>
+      <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B46E0CF" w14:textId="4B2A4BAD" w:rsidR="00482252" w:rsidRPr="00302F6E" w:rsidRDefault="00482252" w:rsidP="009E28F5">
+    <w:p w14:paraId="61B9CC93" w14:textId="104D3FEF" w:rsidR="002C1A89" w:rsidRPr="00302F6E" w:rsidRDefault="002C1A89" w:rsidP="002C1A89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="115"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:instrText xml:space="preserve"> REF _Ref131524357 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01" w:rsidRPr="00302F6E">
+      <w:r w:rsidRPr="00302F6E">
         <w:t>Insurance Premiums - Financing.</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:instrText xml:space="preserve"> PAGEREF _Ref131524357 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>32</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="162C6484" w14:textId="6FD3ADEE" w:rsidR="00E02465" w:rsidRDefault="00E02465" w:rsidP="009E28F5">
+    <w:p w14:paraId="2FE9FD8B" w14:textId="39D6E66D" w:rsidR="002C1A89" w:rsidRDefault="002C1A89" w:rsidP="002C1A89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="115"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> REF _Ref196206461 \h </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01" w:rsidRPr="00302F6E">
+      <w:r w:rsidRPr="00302F6E">
         <w:t xml:space="preserve">Insurance </w:t>
       </w:r>
-      <w:r w:rsidR="00D16C01">
+      <w:r>
         <w:t>Reserve</w:t>
       </w:r>
-      <w:r w:rsidR="00D16C01" w:rsidRPr="00302F6E">
+      <w:r w:rsidRPr="00302F6E">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGEREF _Ref196206461 \h </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>32</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20AEFA4D" w14:textId="3C23601A" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="3EB084AE" w14:textId="37D06ABB" w:rsidR="002C1A89" w:rsidRPr="00302F6E" w:rsidRDefault="002C1A89" w:rsidP="002C1A89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="115"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:instrText xml:space="preserve"> REF _Ref47611715 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01" w:rsidRPr="00302F6E">
+      <w:r w:rsidRPr="00302F6E">
         <w:t>King County, Washington Mortgaged Properties.</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:instrText xml:space="preserve"> PAGEREF _Ref47611721 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>31</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73C511D8" w14:textId="2EF4B9C1" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="14DED01E" w14:textId="28AA4A69" w:rsidR="002C1A89" w:rsidRPr="00302F6E" w:rsidRDefault="002C1A89" w:rsidP="002C1A89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="115"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:instrText xml:space="preserve"> REF _Ref47611706 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01" w:rsidRPr="00302F6E">
+      <w:r w:rsidRPr="00302F6E">
         <w:t>Oil, Gas, and Mineral Rights.</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:instrText xml:space="preserve"> PAGEREF _Ref47611701 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>31</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A4A7C4F" w14:textId="4EBE51C2" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="42E2DE9F" w14:textId="3395DCF0" w:rsidR="002C1A89" w:rsidRPr="00302F6E" w:rsidRDefault="002C1A89" w:rsidP="002C1A89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="115"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:instrText xml:space="preserve"> REF _Ref47611679 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01" w:rsidRPr="00302F6E">
+      <w:r w:rsidRPr="00302F6E">
         <w:t>Operations and Maintenance Plans.</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:instrText xml:space="preserve"> PAGEREF _Ref47611674 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>30</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="468FD1D1" w14:textId="18F3FC53" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="14835DCB" w14:textId="23CAE0A6" w:rsidR="002C1A89" w:rsidRPr="00302F6E" w:rsidRDefault="002C1A89" w:rsidP="002C1A89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="115"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:instrText xml:space="preserve"> REF _Ref47611632 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01" w:rsidRPr="00302F6E">
+      <w:r w:rsidRPr="00302F6E">
         <w:t>Partial Release</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:instrText xml:space="preserve"> PAGEREF _Ref47611628 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>29</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16712714" w14:textId="5E740C08" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="0EB1FB08" w14:textId="03E02188" w:rsidR="002C1A89" w:rsidRPr="00302F6E" w:rsidRDefault="002C1A89" w:rsidP="002C1A89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="115"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:instrText xml:space="preserve"> REF _Ref47611739 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01" w:rsidRPr="00302F6E">
+      <w:r w:rsidRPr="00302F6E">
         <w:t>Paycheck Protection Program Loan.</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:instrText xml:space="preserve"> PAGEREF _Ref47611746 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>31</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DF4F02D" w14:textId="0F484862" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="5CF823EB" w14:textId="0F7039F4" w:rsidR="002C1A89" w:rsidRPr="00302F6E" w:rsidRDefault="002C1A89" w:rsidP="002C1A89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="115"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:instrText xml:space="preserve"> REF _Ref47611333 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01" w:rsidRPr="00302F6E">
+      <w:r w:rsidRPr="00302F6E">
         <w:t>Rehabilitation Reserves.</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:instrText xml:space="preserve"> PAGEREF _Ref47611338 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>25</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3137AE28" w14:textId="6DB29A53" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="3686C92F" w14:textId="6E037AAA" w:rsidR="002C1A89" w:rsidRPr="00302F6E" w:rsidRDefault="002C1A89" w:rsidP="002C1A89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="115"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:instrText xml:space="preserve"> REF _Ref47611351 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01" w:rsidRPr="00302F6E">
+      <w:r w:rsidRPr="00302F6E">
         <w:t>Replacement Reserve Deposits.</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:instrText xml:space="preserve"> PAGEREF _Ref47611356 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>26</w:t>
+        <w:t>25</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40211231" w14:textId="7957531B" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="6BE0EF9B" w14:textId="6211AFFB" w:rsidR="002C1A89" w:rsidRPr="00302F6E" w:rsidRDefault="002C1A89" w:rsidP="002C1A89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="115"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:instrText xml:space="preserve"> REF _Ref47611498 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01" w:rsidRPr="00302F6E">
+      <w:r w:rsidRPr="00302F6E">
         <w:t>Single Asset Entity Waiver</w:t>
       </w:r>
-      <w:r w:rsidR="00D16C01">
+      <w:r>
         <w:t>/Recycled Entity</w:t>
       </w:r>
-      <w:r w:rsidR="00D16C01" w:rsidRPr="00302F6E">
+      <w:r w:rsidRPr="00302F6E">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:instrText xml:space="preserve"> PAGEREF _Ref47611504 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>26</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FC3BD96" w14:textId="1D76C621" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="2F54FDDA" w14:textId="71730490" w:rsidR="002C1A89" w:rsidRPr="00302F6E" w:rsidRDefault="002C1A89" w:rsidP="002C1A89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="115"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:instrText xml:space="preserve"> REF _Ref47611524 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01" w:rsidRPr="00302F6E">
+      <w:r w:rsidRPr="00302F6E">
         <w:t>SNDA.</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:instrText xml:space="preserve"> PAGEREF _Ref47611530 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>27</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="234D10E4" w14:textId="07A6CF7F" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="6A9B6770" w14:textId="5AE8BFB7" w:rsidR="002C1A89" w:rsidRPr="00302F6E" w:rsidRDefault="002C1A89" w:rsidP="002C1A89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="115"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:instrText xml:space="preserve"> REF _Ref47611655 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> Recourse.</w:t>
+      <w:r w:rsidRPr="00302F6E">
+        <w:t>SPE Recourse.</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:instrText xml:space="preserve"> PAGEREF _Ref47611650 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>30</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E8DB5CC" w14:textId="53B6EE39" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="66DC2C52" w14:textId="19F579AA" w:rsidR="002C1A89" w:rsidRPr="00302F6E" w:rsidRDefault="002C1A89" w:rsidP="002C1A89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="115"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:instrText xml:space="preserve"> REF _Ref47611517 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01" w:rsidRPr="00302F6E">
+      <w:r w:rsidRPr="00302F6E">
         <w:t>Subordinate Financing.</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:instrText xml:space="preserve"> PAGEREF _Ref47611512 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>27</w:t>
+        <w:t>26</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D842B12" w14:textId="66043696" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="279D3090" w14:textId="314E23FF" w:rsidR="002C1A89" w:rsidRPr="00302F6E" w:rsidRDefault="002C1A89" w:rsidP="002C1A89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="115"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:instrText xml:space="preserve"> REF _Ref47611757 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01" w:rsidRPr="00302F6E">
+      <w:r w:rsidRPr="00302F6E">
         <w:t>Table of Contents.</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:instrText xml:space="preserve"> PAGEREF _Ref47611751 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>31</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52755B2E" w14:textId="398E3604" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="545CD7EE" w14:textId="0CBBFED3" w:rsidR="002C1A89" w:rsidRPr="00302F6E" w:rsidRDefault="002C1A89" w:rsidP="002C1A89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="115"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:instrText xml:space="preserve"> REF _Ref47611591 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01" w:rsidRPr="00302F6E">
+      <w:r w:rsidRPr="00302F6E">
         <w:t>Tax Abatement or Tax Exemption</w:t>
       </w:r>
-      <w:r w:rsidR="00D16C01" w:rsidRPr="00302F6E">
+      <w:r w:rsidRPr="00302F6E">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:instrText xml:space="preserve"> PAGEREF _Ref47611596 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>29</w:t>
+        <w:t>28</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B37E779" w14:textId="5E3150C2" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="08D4BA94" w14:textId="323B7B61" w:rsidR="002C1A89" w:rsidRPr="00302F6E" w:rsidRDefault="002C1A89" w:rsidP="002C1A89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="115"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:instrText xml:space="preserve"> REF _Ref47611583 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01" w:rsidRPr="00302F6E">
+      <w:r w:rsidRPr="00302F6E">
         <w:t>Tax-Exempt Bond Financing – Previous or Current</w:t>
       </w:r>
-      <w:r w:rsidR="00D16C01" w:rsidRPr="00302F6E">
+      <w:r w:rsidRPr="00302F6E">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:instrText xml:space="preserve"> PAGEREF _Ref47611578 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>28</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D97FAEF" w14:textId="7BAF2A67" w:rsidR="00C0041D" w:rsidRDefault="007F4596" w:rsidP="009E28F5">
+    <w:p w14:paraId="64066F91" w14:textId="0E5FB89A" w:rsidR="002C1A89" w:rsidRDefault="002C1A89" w:rsidP="002C1A89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="115"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> REF _Ref159423777 \h </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01">
+      <w:r>
         <w:t>Tax Increment Financing (TIF)</w:t>
       </w:r>
-      <w:r w:rsidR="00D16C01" w:rsidRPr="00302F6E">
+      <w:r w:rsidRPr="00302F6E">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="00C0041D" w:rsidRPr="00302F6E">
+      <w:r w:rsidRPr="00302F6E">
         <w:tab/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> PAGEREF _Ref159423777 \h </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>32</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AB7FF26" w14:textId="225FAD05" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="65F30988" w14:textId="185C79EF" w:rsidR="002C1A89" w:rsidRPr="00302F6E" w:rsidRDefault="002C1A89" w:rsidP="002C1A89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="115"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:instrText xml:space="preserve"> REF _Ref47611640 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01" w:rsidRPr="00302F6E">
+      <w:r w:rsidRPr="00302F6E">
         <w:t>Transfers of Ownership Interests</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:instrText xml:space="preserve"> PAGEREF _Ref47611645 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>30</w:t>
+        <w:t>29</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FC427BF" w14:textId="668A14FC" w:rsidR="009E28F5" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="009E28F5">
+    <w:p w14:paraId="37C189E9" w14:textId="05207234" w:rsidR="002C1A89" w:rsidRPr="00302F6E" w:rsidRDefault="002C1A89" w:rsidP="002C1A89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="115"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:instrText xml:space="preserve"> REF _Ref47611690 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01" w:rsidRPr="00302F6E">
+      <w:r w:rsidRPr="00302F6E">
         <w:t>Underwriting Certificates.</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:instrText xml:space="preserve"> PAGEREF _Ref47611696 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>31</w:t>
+        <w:t>30</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="780694BF" w14:textId="665A0896" w:rsidR="00811F97" w:rsidRPr="00302F6E" w:rsidRDefault="009E28F5" w:rsidP="00553E66">
+    <w:p w14:paraId="16D491E1" w14:textId="6ED5F64D" w:rsidR="002C1A89" w:rsidRPr="00302F6E" w:rsidRDefault="002C1A89" w:rsidP="002C1A89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="115"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:instrText xml:space="preserve"> REF _Ref47611490 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01" w:rsidRPr="00302F6E">
+      <w:r w:rsidRPr="00302F6E">
         <w:t>Waiver of Imposition Deposits.</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:instrText xml:space="preserve"> PAGEREF _Ref47611485 \h </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00D16C01">
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>26</w:t>
       </w:r>
       <w:r w:rsidRPr="00302F6E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C4C4148" w14:textId="77777777" w:rsidR="00482252" w:rsidRPr="00302F6E" w:rsidRDefault="00482252" w:rsidP="00553E66">
+    <w:p w14:paraId="73ED1D3B" w14:textId="77777777" w:rsidR="002C1A89" w:rsidRPr="00302F6E" w:rsidRDefault="002C1A89" w:rsidP="002C1A89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
         </w:tabs>
         <w:ind w:left="115"/>
         <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C4C4148" w14:textId="77777777" w:rsidR="00482252" w:rsidRPr="00302F6E" w:rsidRDefault="00482252" w:rsidP="002C1A89">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00482252" w:rsidRPr="00302F6E" w:rsidSect="00811F97">
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:headerReference w:type="first" r:id="rId11"/>
       <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:fmt="lowerRoman" w:start="1"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="09CCB990" w14:textId="77777777" w:rsidR="009334FF" w:rsidRDefault="009334FF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="688F992B" w14:textId="77777777" w:rsidR="009334FF" w:rsidRDefault="009334FF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman Bold">
+    <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="02020803070505020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
-    <w:pitch w:val="variable"/>
+    <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6822343D" w14:textId="77777777" w:rsidR="00E76285" w:rsidRDefault="00E76285" w:rsidP="00811F97">
     <w:pPr>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9598" w:type="dxa"/>
       <w:tblInd w:w="-90" w:type="dxa"/>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3906"/>
       <w:gridCol w:w="2600"/>
       <w:gridCol w:w="3092"/>
     </w:tblGrid>
     <w:tr w:rsidR="00E76285" w14:paraId="26EB5419" w14:textId="77777777" w:rsidTr="00811F97">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3906" w:type="dxa"/>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
@@ -11221,116 +12030,123 @@
               <w:tab w:val="center" w:pos="4320"/>
               <w:tab w:val="right" w:pos="8640"/>
             </w:tabs>
             <w:overflowPunct w:val="0"/>
             <w:autoSpaceDE w:val="0"/>
             <w:autoSpaceDN w:val="0"/>
             <w:adjustRightInd w:val="0"/>
             <w:rPr>
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00D862F1">
             <w:rPr>
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>Fannie Mae</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2600" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="5C45F5CA" w14:textId="16AF4260" w:rsidR="009A4D72" w:rsidRPr="00D862F1" w:rsidRDefault="00B236CB" w:rsidP="009A4D72">
+        <w:p w14:paraId="5C45F5CA" w14:textId="09AC9A85" w:rsidR="009A4D72" w:rsidRPr="00D862F1" w:rsidRDefault="007B1E49" w:rsidP="009A4D72">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4320"/>
               <w:tab w:val="right" w:pos="8640"/>
             </w:tabs>
             <w:overflowPunct w:val="0"/>
             <w:autoSpaceDE w:val="0"/>
             <w:autoSpaceDN w:val="0"/>
             <w:adjustRightInd w:val="0"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
-            <w:t>06-25</w:t>
+            <w:t>12</w:t>
+          </w:r>
+          <w:r w:rsidR="00B236CB">
+            <w:rPr>
+              <w:b/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>-25</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3092" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="02F31C7B" w14:textId="0304EE62" w:rsidR="009A4D72" w:rsidRPr="00D862F1" w:rsidRDefault="009A4D72" w:rsidP="009A4D72">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4320"/>
               <w:tab w:val="right" w:pos="8640"/>
             </w:tabs>
             <w:overflowPunct w:val="0"/>
             <w:autoSpaceDE w:val="0"/>
             <w:autoSpaceDN w:val="0"/>
             <w:adjustRightInd w:val="0"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>© 2025 Fannie Mae</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="43494019" w14:textId="77777777" w:rsidR="00E76285" w:rsidRPr="00A563DD" w:rsidRDefault="00E76285" w:rsidP="00811F97">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0E70F415" w14:textId="77777777" w:rsidR="00E76285" w:rsidRDefault="00E76285" w:rsidP="00811F97">
     <w:pPr>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9598" w:type="dxa"/>
       <w:tblInd w:w="-90" w:type="dxa"/>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3906"/>
       <w:gridCol w:w="2600"/>
       <w:gridCol w:w="3092"/>
     </w:tblGrid>
     <w:tr w:rsidR="00E76285" w14:paraId="17707AA9" w14:textId="77777777" w:rsidTr="00811F97">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3906" w:type="dxa"/>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
@@ -11471,116 +12287,123 @@
               <w:tab w:val="center" w:pos="4320"/>
               <w:tab w:val="right" w:pos="8640"/>
             </w:tabs>
             <w:overflowPunct w:val="0"/>
             <w:autoSpaceDE w:val="0"/>
             <w:autoSpaceDN w:val="0"/>
             <w:adjustRightInd w:val="0"/>
             <w:rPr>
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00D862F1">
             <w:rPr>
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>Fannie Mae</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2600" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="168E9A4E" w14:textId="6C78881F" w:rsidR="009A4D72" w:rsidRPr="00D862F1" w:rsidRDefault="00B236CB" w:rsidP="009A4D72">
+        <w:p w14:paraId="168E9A4E" w14:textId="77FF8215" w:rsidR="009A4D72" w:rsidRPr="00D862F1" w:rsidRDefault="007B1E49" w:rsidP="009A4D72">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4320"/>
               <w:tab w:val="right" w:pos="8640"/>
             </w:tabs>
             <w:overflowPunct w:val="0"/>
             <w:autoSpaceDE w:val="0"/>
             <w:autoSpaceDN w:val="0"/>
             <w:adjustRightInd w:val="0"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
-            <w:t>06-25</w:t>
+            <w:t>12</w:t>
+          </w:r>
+          <w:r w:rsidR="00B236CB">
+            <w:rPr>
+              <w:b/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>-25</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3092" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="77C258A8" w14:textId="138EFFF3" w:rsidR="009A4D72" w:rsidRPr="00D862F1" w:rsidRDefault="009A4D72" w:rsidP="009A4D72">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4320"/>
               <w:tab w:val="right" w:pos="8640"/>
             </w:tabs>
             <w:overflowPunct w:val="0"/>
             <w:autoSpaceDE w:val="0"/>
             <w:autoSpaceDN w:val="0"/>
             <w:adjustRightInd w:val="0"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>© 2025 Fannie Mae</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="4B683508" w14:textId="77777777" w:rsidR="00E76285" w:rsidRPr="00A563DD" w:rsidRDefault="00E76285" w:rsidP="00811F97">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0AD56B00" w14:textId="77777777" w:rsidR="00E76285" w:rsidRDefault="00E76285" w:rsidP="00811F97">
     <w:pPr>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9598" w:type="dxa"/>
       <w:tblInd w:w="-90" w:type="dxa"/>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3906"/>
       <w:gridCol w:w="2600"/>
       <w:gridCol w:w="3092"/>
     </w:tblGrid>
     <w:tr w:rsidR="00E76285" w14:paraId="379452EF" w14:textId="77777777" w:rsidTr="00811F97">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3906" w:type="dxa"/>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
@@ -11720,116 +12543,123 @@
               <w:tab w:val="center" w:pos="4320"/>
               <w:tab w:val="right" w:pos="8640"/>
             </w:tabs>
             <w:overflowPunct w:val="0"/>
             <w:autoSpaceDE w:val="0"/>
             <w:autoSpaceDN w:val="0"/>
             <w:adjustRightInd w:val="0"/>
             <w:rPr>
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00D862F1">
             <w:rPr>
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>Fannie Mae</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2600" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="053144E7" w14:textId="2B41C04F" w:rsidR="009A4D72" w:rsidRPr="00D862F1" w:rsidRDefault="00B236CB" w:rsidP="009A4D72">
+        <w:p w14:paraId="053144E7" w14:textId="71DB6D65" w:rsidR="009A4D72" w:rsidRPr="00D862F1" w:rsidRDefault="007B1E49" w:rsidP="009A4D72">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4320"/>
               <w:tab w:val="right" w:pos="8640"/>
             </w:tabs>
             <w:overflowPunct w:val="0"/>
             <w:autoSpaceDE w:val="0"/>
             <w:autoSpaceDN w:val="0"/>
             <w:adjustRightInd w:val="0"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
-            <w:t>06-25</w:t>
+            <w:t>12</w:t>
+          </w:r>
+          <w:r w:rsidR="00B236CB">
+            <w:rPr>
+              <w:b/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>-25</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3092" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="4E2CFE80" w14:textId="6CB194BF" w:rsidR="009A4D72" w:rsidRPr="00D862F1" w:rsidRDefault="009A4D72" w:rsidP="009A4D72">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4320"/>
               <w:tab w:val="right" w:pos="8640"/>
             </w:tabs>
             <w:overflowPunct w:val="0"/>
             <w:autoSpaceDE w:val="0"/>
             <w:autoSpaceDN w:val="0"/>
             <w:adjustRightInd w:val="0"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>© 2025 Fannie Mae</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="52364C3C" w14:textId="77777777" w:rsidR="00E76285" w:rsidRPr="00A563DD" w:rsidRDefault="00E76285" w:rsidP="00811F97">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0593F336" w14:textId="77777777" w:rsidR="00E76285" w:rsidRDefault="00E76285" w:rsidP="00811F97">
     <w:pPr>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9598" w:type="dxa"/>
       <w:tblInd w:w="-90" w:type="dxa"/>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3906"/>
       <w:gridCol w:w="2600"/>
       <w:gridCol w:w="3092"/>
     </w:tblGrid>
     <w:tr w:rsidR="00E76285" w14:paraId="6EA2CB8B" w14:textId="77777777" w:rsidTr="00811F97">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3906" w:type="dxa"/>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
@@ -11970,145 +12800,152 @@
               <w:tab w:val="center" w:pos="4320"/>
               <w:tab w:val="right" w:pos="8640"/>
             </w:tabs>
             <w:overflowPunct w:val="0"/>
             <w:autoSpaceDE w:val="0"/>
             <w:autoSpaceDN w:val="0"/>
             <w:adjustRightInd w:val="0"/>
             <w:rPr>
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00D862F1">
             <w:rPr>
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>Fannie Mae</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2600" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="79BD63D8" w14:textId="5EBE8E1F" w:rsidR="009A4D72" w:rsidRPr="00D862F1" w:rsidRDefault="00B236CB" w:rsidP="009A4D72">
+        <w:p w14:paraId="79BD63D8" w14:textId="56543EAD" w:rsidR="009A4D72" w:rsidRPr="00D862F1" w:rsidRDefault="007B1E49" w:rsidP="009A4D72">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4320"/>
               <w:tab w:val="right" w:pos="8640"/>
             </w:tabs>
             <w:overflowPunct w:val="0"/>
             <w:autoSpaceDE w:val="0"/>
             <w:autoSpaceDN w:val="0"/>
             <w:adjustRightInd w:val="0"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
-            <w:t>06-25</w:t>
+            <w:t>12</w:t>
+          </w:r>
+          <w:r w:rsidR="00B236CB">
+            <w:rPr>
+              <w:b/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>-25</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3092" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="71AC5093" w14:textId="7F405249" w:rsidR="009A4D72" w:rsidRPr="00D862F1" w:rsidRDefault="009A4D72" w:rsidP="009A4D72">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4320"/>
               <w:tab w:val="right" w:pos="8640"/>
             </w:tabs>
             <w:overflowPunct w:val="0"/>
             <w:autoSpaceDE w:val="0"/>
             <w:autoSpaceDN w:val="0"/>
             <w:adjustRightInd w:val="0"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>© 2025 Fannie Mae</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="4E068C4D" w14:textId="77777777" w:rsidR="00E76285" w:rsidRPr="00A563DD" w:rsidRDefault="00E76285" w:rsidP="00811F97">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="55772754" w14:textId="77777777" w:rsidR="009334FF" w:rsidRDefault="009334FF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="660B9B52" w14:textId="77777777" w:rsidR="009334FF" w:rsidRDefault="009334FF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="459900FA" w14:textId="19C75A1A" w:rsidR="006F3188" w:rsidRPr="006F3188" w:rsidRDefault="006F3188" w:rsidP="006F3188">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="AA2CE8A6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman Bold" w:hAnsi="Times New Roman Bold"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
@@ -12520,357 +13357,406 @@
   </w:num>
   <w:num w:numId="16" w16cid:durableId="933896377">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="527334466">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1386221871">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="951740562">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1437629747">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1454129923">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="948858774">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="509415717">
     <w:abstractNumId w:val="1"/>
   </w:num>
+  <w:num w:numId="24" w16cid:durableId="1967737904">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="1532257051">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="82461908">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="1136066924">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="449252249">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
   <w:numIdMacAtCleanup w:val="4"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:doNotHyphenateCaps/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:drawingGridVerticalSpacing w:val="0"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FB67C3"/>
     <w:rsid w:val="00012817"/>
     <w:rsid w:val="00036D8D"/>
     <w:rsid w:val="000606D4"/>
     <w:rsid w:val="00076D6B"/>
     <w:rsid w:val="0008125C"/>
     <w:rsid w:val="00083A3F"/>
     <w:rsid w:val="000A3874"/>
+    <w:rsid w:val="000A7C9E"/>
     <w:rsid w:val="000B7B13"/>
     <w:rsid w:val="000C6585"/>
     <w:rsid w:val="000D184C"/>
     <w:rsid w:val="000D6C71"/>
     <w:rsid w:val="000E18B2"/>
     <w:rsid w:val="000F0791"/>
     <w:rsid w:val="000F6CFA"/>
     <w:rsid w:val="00106CA4"/>
     <w:rsid w:val="00110036"/>
     <w:rsid w:val="001149B9"/>
     <w:rsid w:val="001252EA"/>
     <w:rsid w:val="00125C29"/>
     <w:rsid w:val="00125C42"/>
     <w:rsid w:val="001400CA"/>
+    <w:rsid w:val="00154F2D"/>
+    <w:rsid w:val="0015646B"/>
     <w:rsid w:val="001577D5"/>
     <w:rsid w:val="0016254C"/>
     <w:rsid w:val="00165173"/>
     <w:rsid w:val="001652DC"/>
     <w:rsid w:val="00165812"/>
     <w:rsid w:val="001B796B"/>
     <w:rsid w:val="001C16BA"/>
     <w:rsid w:val="001E018E"/>
     <w:rsid w:val="002013FE"/>
     <w:rsid w:val="00203C40"/>
     <w:rsid w:val="00217450"/>
     <w:rsid w:val="002225BC"/>
+    <w:rsid w:val="002324A2"/>
     <w:rsid w:val="00243E33"/>
     <w:rsid w:val="00256A14"/>
+    <w:rsid w:val="00265C3A"/>
     <w:rsid w:val="00267F8E"/>
     <w:rsid w:val="002A7F83"/>
     <w:rsid w:val="002B587E"/>
     <w:rsid w:val="002B5ABC"/>
+    <w:rsid w:val="002C1A89"/>
+    <w:rsid w:val="002E129E"/>
     <w:rsid w:val="002E4550"/>
     <w:rsid w:val="002E6C2B"/>
     <w:rsid w:val="002F096E"/>
     <w:rsid w:val="002F2A67"/>
     <w:rsid w:val="002F2F48"/>
     <w:rsid w:val="002F63FD"/>
     <w:rsid w:val="00300768"/>
     <w:rsid w:val="00302F6E"/>
     <w:rsid w:val="00311471"/>
+    <w:rsid w:val="003153EB"/>
     <w:rsid w:val="003158BA"/>
     <w:rsid w:val="00315A06"/>
     <w:rsid w:val="00366D43"/>
     <w:rsid w:val="00386BD1"/>
     <w:rsid w:val="00391934"/>
     <w:rsid w:val="00393C4A"/>
     <w:rsid w:val="003B4824"/>
     <w:rsid w:val="003C7E41"/>
     <w:rsid w:val="003D18BB"/>
     <w:rsid w:val="003F080C"/>
     <w:rsid w:val="00405AD4"/>
     <w:rsid w:val="00421C84"/>
     <w:rsid w:val="00431652"/>
     <w:rsid w:val="004347B8"/>
+    <w:rsid w:val="00435C3D"/>
+    <w:rsid w:val="004378B9"/>
     <w:rsid w:val="00452E90"/>
     <w:rsid w:val="0046408F"/>
     <w:rsid w:val="00472C93"/>
     <w:rsid w:val="00474445"/>
     <w:rsid w:val="00482252"/>
     <w:rsid w:val="004908BF"/>
     <w:rsid w:val="0049448D"/>
     <w:rsid w:val="004B51B9"/>
     <w:rsid w:val="004D5097"/>
     <w:rsid w:val="00502703"/>
     <w:rsid w:val="00507D2D"/>
+    <w:rsid w:val="005150EB"/>
     <w:rsid w:val="005379EA"/>
     <w:rsid w:val="00553E66"/>
     <w:rsid w:val="00554182"/>
     <w:rsid w:val="005647BE"/>
     <w:rsid w:val="005713EA"/>
     <w:rsid w:val="00576FDE"/>
+    <w:rsid w:val="0059268D"/>
     <w:rsid w:val="0059717F"/>
     <w:rsid w:val="005B5CC5"/>
     <w:rsid w:val="005C4EF4"/>
     <w:rsid w:val="005C53B1"/>
     <w:rsid w:val="005D33B5"/>
     <w:rsid w:val="005E05E8"/>
+    <w:rsid w:val="005E3FEF"/>
     <w:rsid w:val="00607376"/>
     <w:rsid w:val="00617216"/>
     <w:rsid w:val="00617277"/>
     <w:rsid w:val="00617A89"/>
     <w:rsid w:val="0062591D"/>
     <w:rsid w:val="00626AF7"/>
+    <w:rsid w:val="00631231"/>
     <w:rsid w:val="00646CE1"/>
     <w:rsid w:val="00651653"/>
     <w:rsid w:val="00662040"/>
     <w:rsid w:val="00662BEF"/>
     <w:rsid w:val="0066581E"/>
     <w:rsid w:val="006776E4"/>
     <w:rsid w:val="006A14BD"/>
     <w:rsid w:val="006C597D"/>
     <w:rsid w:val="006C6003"/>
     <w:rsid w:val="006D6857"/>
     <w:rsid w:val="006F3188"/>
     <w:rsid w:val="007160F5"/>
     <w:rsid w:val="00721F82"/>
     <w:rsid w:val="0072576C"/>
     <w:rsid w:val="00730301"/>
     <w:rsid w:val="00733329"/>
     <w:rsid w:val="007336DB"/>
     <w:rsid w:val="0073573B"/>
     <w:rsid w:val="00777752"/>
     <w:rsid w:val="007811E8"/>
     <w:rsid w:val="007A54C7"/>
+    <w:rsid w:val="007B1E49"/>
     <w:rsid w:val="007D01F6"/>
     <w:rsid w:val="007D1445"/>
     <w:rsid w:val="007F4596"/>
     <w:rsid w:val="008115AE"/>
     <w:rsid w:val="00811F97"/>
+    <w:rsid w:val="00815DCB"/>
+    <w:rsid w:val="00817BC0"/>
     <w:rsid w:val="008255E4"/>
     <w:rsid w:val="00852D95"/>
     <w:rsid w:val="008677B2"/>
     <w:rsid w:val="008811FD"/>
     <w:rsid w:val="00881D77"/>
     <w:rsid w:val="0088471F"/>
     <w:rsid w:val="00897C58"/>
     <w:rsid w:val="008A635F"/>
     <w:rsid w:val="008B13BC"/>
     <w:rsid w:val="008B7A66"/>
     <w:rsid w:val="008C13F7"/>
     <w:rsid w:val="008E57EC"/>
     <w:rsid w:val="008F0C7B"/>
     <w:rsid w:val="008F29D9"/>
     <w:rsid w:val="0090777D"/>
     <w:rsid w:val="00913D30"/>
     <w:rsid w:val="009334FF"/>
     <w:rsid w:val="009449D5"/>
     <w:rsid w:val="00945D6A"/>
     <w:rsid w:val="009752B6"/>
     <w:rsid w:val="009867FA"/>
+    <w:rsid w:val="009903AB"/>
     <w:rsid w:val="009919D8"/>
     <w:rsid w:val="009A4D72"/>
     <w:rsid w:val="009B52A4"/>
+    <w:rsid w:val="009D09B4"/>
     <w:rsid w:val="009D1C0B"/>
     <w:rsid w:val="009D7604"/>
+    <w:rsid w:val="009E064F"/>
     <w:rsid w:val="009E28F5"/>
     <w:rsid w:val="009E653C"/>
     <w:rsid w:val="009F06BA"/>
     <w:rsid w:val="009F4D9B"/>
     <w:rsid w:val="00A36B4D"/>
     <w:rsid w:val="00A4714A"/>
     <w:rsid w:val="00A563B3"/>
     <w:rsid w:val="00A56464"/>
     <w:rsid w:val="00A57CAA"/>
     <w:rsid w:val="00A62602"/>
     <w:rsid w:val="00A93C96"/>
     <w:rsid w:val="00AA2475"/>
     <w:rsid w:val="00AA7D75"/>
+    <w:rsid w:val="00AB376E"/>
+    <w:rsid w:val="00AB439B"/>
+    <w:rsid w:val="00AB7429"/>
     <w:rsid w:val="00AC4333"/>
     <w:rsid w:val="00AD7FD2"/>
     <w:rsid w:val="00AE4580"/>
     <w:rsid w:val="00B040DB"/>
     <w:rsid w:val="00B10B36"/>
     <w:rsid w:val="00B236CB"/>
     <w:rsid w:val="00B45788"/>
     <w:rsid w:val="00B55998"/>
     <w:rsid w:val="00B740E1"/>
     <w:rsid w:val="00B80B76"/>
     <w:rsid w:val="00B814B5"/>
+    <w:rsid w:val="00B835B1"/>
     <w:rsid w:val="00BB3ACE"/>
     <w:rsid w:val="00BB3EEA"/>
     <w:rsid w:val="00BC4970"/>
     <w:rsid w:val="00BD2D36"/>
     <w:rsid w:val="00C0041D"/>
     <w:rsid w:val="00C0347A"/>
+    <w:rsid w:val="00C120E2"/>
     <w:rsid w:val="00C17D73"/>
     <w:rsid w:val="00C22D66"/>
     <w:rsid w:val="00C53301"/>
     <w:rsid w:val="00C577C1"/>
     <w:rsid w:val="00C82F99"/>
     <w:rsid w:val="00C93B16"/>
     <w:rsid w:val="00CA0AFE"/>
+    <w:rsid w:val="00CA1E90"/>
     <w:rsid w:val="00CA6CAA"/>
     <w:rsid w:val="00CA7F87"/>
     <w:rsid w:val="00CB20C7"/>
     <w:rsid w:val="00CC52A5"/>
     <w:rsid w:val="00D13B09"/>
     <w:rsid w:val="00D16C01"/>
     <w:rsid w:val="00D260D2"/>
     <w:rsid w:val="00D26204"/>
     <w:rsid w:val="00D33F54"/>
     <w:rsid w:val="00D406B6"/>
     <w:rsid w:val="00D4273E"/>
     <w:rsid w:val="00D44926"/>
     <w:rsid w:val="00D4499D"/>
+    <w:rsid w:val="00D60F77"/>
     <w:rsid w:val="00D631B2"/>
     <w:rsid w:val="00D8619E"/>
     <w:rsid w:val="00DA0934"/>
     <w:rsid w:val="00DB2B28"/>
     <w:rsid w:val="00DD6575"/>
     <w:rsid w:val="00DE57C2"/>
+    <w:rsid w:val="00DF6EE3"/>
     <w:rsid w:val="00E01B3E"/>
     <w:rsid w:val="00E02465"/>
     <w:rsid w:val="00E07BD7"/>
     <w:rsid w:val="00E129A2"/>
     <w:rsid w:val="00E16EC6"/>
+    <w:rsid w:val="00E22744"/>
+    <w:rsid w:val="00E23811"/>
     <w:rsid w:val="00E27158"/>
     <w:rsid w:val="00E44600"/>
     <w:rsid w:val="00E66B0E"/>
     <w:rsid w:val="00E67622"/>
+    <w:rsid w:val="00E707CC"/>
     <w:rsid w:val="00E76285"/>
+    <w:rsid w:val="00E97135"/>
     <w:rsid w:val="00EB0790"/>
     <w:rsid w:val="00EB6721"/>
     <w:rsid w:val="00EB7437"/>
     <w:rsid w:val="00EC0CE7"/>
     <w:rsid w:val="00ED0994"/>
     <w:rsid w:val="00ED4E3B"/>
     <w:rsid w:val="00EE3E37"/>
+    <w:rsid w:val="00EF4E3F"/>
     <w:rsid w:val="00EF5216"/>
     <w:rsid w:val="00F02E56"/>
     <w:rsid w:val="00F21056"/>
     <w:rsid w:val="00F2475D"/>
+    <w:rsid w:val="00F43387"/>
     <w:rsid w:val="00F46139"/>
     <w:rsid w:val="00F57AD5"/>
     <w:rsid w:val="00F679CB"/>
     <w:rsid w:val="00F776AB"/>
     <w:rsid w:val="00F77D8A"/>
     <w:rsid w:val="00F82A14"/>
     <w:rsid w:val="00FA5A3A"/>
     <w:rsid w:val="00FA6F22"/>
     <w:rsid w:val="00FB67C3"/>
     <w:rsid w:val="00FC1E01"/>
     <w:rsid w:val="00FE0C36"/>
     <w:rsid w:val="00FE68ED"/>
     <w:rsid w:val="00FF2A7B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7E7545C1"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
@@ -13651,51 +14537,51 @@
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:rsid w:val="00076D6B"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:rsid w:val="00076D6B"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:snapToGrid w:val="0"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="208688792">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="210507234">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -14036,86 +14922,86 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CBE33AD2-F3F7-4912-90C7-144C598B73B9}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{19F62E5E-9905-47E3-AFC3-401E70EC9246}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>34</Pages>
-  <Words>7917</Words>
-  <Characters>51486</Characters>
+  <Words>7627</Words>
+  <Characters>51940</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>936</Lines>
-  <Paragraphs>383</Paragraphs>
+  <Lines>2733</Lines>
+  <Paragraphs>2707</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>6000</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>59020</CharactersWithSpaces>
+  <CharactersWithSpaces>56860</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>6000</dc:title>
   <dc:subject>Loan Documentation Requirements</dc:subject>
   <dc:creator/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="iManageFooter">
-    <vt:lpwstr>66404736-v1</vt:lpwstr>
+    <vt:lpwstr>69014064-v1</vt:lpwstr>
   </property>
 </Properties>
 </file>